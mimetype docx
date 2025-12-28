--- v0 (2025-10-12)
+++ v1 (2025-12-28)
@@ -1,85 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5D87308E" w14:textId="5CAA681A" w:rsidR="006B05E9" w:rsidRDefault="00F745F1" w:rsidP="00B56755">
+    <w:p w14:paraId="5D87308E" w14:textId="6F5CCB85" w:rsidR="006B05E9" w:rsidRDefault="00D22E23" w:rsidP="00B56755">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46BA172C" wp14:editId="10689E37">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55F89EFB" wp14:editId="5B824B3C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-104824</wp:posOffset>
+                  <wp:posOffset>-112183</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6267450" cy="6437376"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="14605"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6267450" cy="6437376"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
@@ -97,59 +93,59 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns="">
+          <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="230D5292" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-8.25pt;margin-top:-.05pt;width:493.5pt;height:506.9pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQChVSxvWgIAAB4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r07SNi2COEWQIrsU&#13;&#10;bbB06FmVpViALGqUGif7+lGy4xZdsQHDfJApiXwkH0nNbw6NZXuFwYAr+fhsxJlyEirjdiX//rj+&#13;&#10;cs1ZiMJVwoJTJT+qwG8Wnz/NWz9TE6jBVgoZgbgwa33J6xj9rCiCrFUjwhl45ehSAzYi0hZ3RYWi&#13;&#10;JfTGFpPRaFq0gJVHkCoEOr3tLvki42utZHzQOqjIbMkptphXzOtzWovFXMx2KHxtZB+G+IcoGmEc&#13;&#10;OR2gbkUU7AXNb1CNkQgBdDyT0BSgtZEq50DZjEfvstnWwqucC5ET/EBT+H+w8n6/9RskGlofZoHE&#13;&#10;lMVBY5P+FB87ZLKOA1nqEJmkw+lkenVxSZxKuptenF+dX00TncWruccQvypoWBJKjlSNTJLY34XY&#13;&#10;qZ5UkjcHa2Ntroh16SCANVU6yxvcPa8ssr2gUq7XI/p6d2/UyHkyLV6TyVI8WpUwrPumNDMVhT/J&#13;&#10;keQ+UwOskFK52F/VolKdt8u3zlJnJoucaQZMyJqiHLDHf8Lu8u71k6nKbToYj/5uPFhkz+DiYNwY&#13;&#10;B/gRgI3jni3d6Z9I6qhJLD1DddwgQ+iGJHi5NlS3OxHiRiBNBdWaJj0+0KIttCWHXuKsBvz50XnS&#13;&#10;p2alW85amrKShx8vAhVn7qVZAVVyTO+Dl1kkfIz2JGqE5omGe5kQ6Eo4STgllxFPm1XsJpmeB6mW&#13;&#10;y6xGY+VFvHNbLxN4Yij12OPhSaDvGzFSD9/DabrE7F0/dro9QR0r/YaGMJe9fzDSlL/dZ63XZ23x&#13;&#10;CwAA//8DAFBLAwQUAAYACAAAACEA9RgHjd8AAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPPU/D&#13;&#10;MBDdkfgP1iGxtXZANDSNUyGgEwNQKnV1Y5NEtc+W7bTh33OdYDnd0/u4e/V6cpadTEyDRwnFXAAz&#13;&#10;2Ho9YCdh97WZPQJLWaFW1qOR8GMSrJvrq1pV2p/x05y2uWMUgqlSEvqcQ8V5anvjVJr7YJC4bx+d&#13;&#10;ygRjx3VUZwp3lt8JseBODUgXehXMc2/a43Z09EawH0GP78fdvpg28VW/JdWVUt7eTC8rGk8rYNlM&#13;&#10;+c8Blw5khIYeO/gRdWJWwqxYPJD0sgAjflkKwgcSiuK+BN7U/H+P5hcAAP//AwBQSwECLQAUAAYA&#13;&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#13;&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#13;&#10;AQItABQABgAIAAAAIQChVSxvWgIAAB4FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#13;&#10;bFBLAQItABQABgAIAAAAIQD1GAeN3wAAAA8BAAAPAAAAAAAAAAAAAAAAALQEAABkcnMvZG93bnJl&#13;&#10;di54bWxQSwUGAAAAAAQABADzAAAAwAUAAAAA&#13;&#10;" filled="f" strokecolor="red" strokeweight="1pt"/>
+              <v:rect w14:anchorId="57789FB9" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-8.85pt;margin-top:-.05pt;width:493.5pt;height:506.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQChVSxvWgIAAB4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r07SNi2COEWQIrsU&#13;&#10;bbB06FmVpViALGqUGif7+lGy4xZdsQHDfJApiXwkH0nNbw6NZXuFwYAr+fhsxJlyEirjdiX//rj+&#13;&#10;cs1ZiMJVwoJTJT+qwG8Wnz/NWz9TE6jBVgoZgbgwa33J6xj9rCiCrFUjwhl45ehSAzYi0hZ3RYWi&#13;&#10;JfTGFpPRaFq0gJVHkCoEOr3tLvki42utZHzQOqjIbMkptphXzOtzWovFXMx2KHxtZB+G+IcoGmEc&#13;&#10;OR2gbkUU7AXNb1CNkQgBdDyT0BSgtZEq50DZjEfvstnWwqucC5ET/EBT+H+w8n6/9RskGlofZoHE&#13;&#10;lMVBY5P+FB87ZLKOA1nqEJmkw+lkenVxSZxKuptenF+dX00TncWruccQvypoWBJKjlSNTJLY34XY&#13;&#10;qZ5UkjcHa2Ntroh16SCANVU6yxvcPa8ssr2gUq7XI/p6d2/UyHkyLV6TyVI8WpUwrPumNDMVhT/J&#13;&#10;keQ+UwOskFK52F/VolKdt8u3zlJnJoucaQZMyJqiHLDHf8Lu8u71k6nKbToYj/5uPFhkz+DiYNwY&#13;&#10;B/gRgI3jni3d6Z9I6qhJLD1DddwgQ+iGJHi5NlS3OxHiRiBNBdWaJj0+0KIttCWHXuKsBvz50XnS&#13;&#10;p2alW85amrKShx8vAhVn7qVZAVVyTO+Dl1kkfIz2JGqE5omGe5kQ6Eo4STgllxFPm1XsJpmeB6mW&#13;&#10;y6xGY+VFvHNbLxN4Yij12OPhSaDvGzFSD9/DabrE7F0/dro9QR0r/YaGMJe9fzDSlL/dZ63XZ23x&#13;&#10;CwAA//8DAFBLAwQUAAYACAAAACEA/hAD9eAAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPTU/D&#13;&#10;MAy9I/EfIiNx29IyaWVd0wkBO3GAjUlcs8a01RInatKt/Hu8E1wsW+/D71WbyVlxxiH2nhTk8wwE&#13;&#10;UuNNT62Cw+d29ggiJk1GW0+o4AcjbOrbm0qXxl9oh+d9agWbUCy1gi6lUEoZmw6djnMfkBj79oPT&#13;&#10;ic+hlWbQFzZ3Vj5k2VI63RN/6HTA5w6b0350HCPYj2DG99PhK5+2w6t5i7otlLq/m17WPJ7WIBJO&#13;&#10;6U8B1w4shJqDHf1IJgqrYJYXBVOvCwjGV8vVAsSRiVm+KEDWlfzfo/4FAAD//wMAUEsBAi0AFAAG&#13;&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#13;&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#13;&#10;SwECLQAUAAYACAAAACEAoVUsb1oCAAAeBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#13;&#10;bWxQSwECLQAUAAYACAAAACEA/hAD9eAAAAAPAQAADwAAAAAAAAAAAAAAAAC0BAAAZHJzL2Rvd25y&#13;&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMEFAAAAAA==&#13;&#10;" filled="f" strokecolor="red" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A727A8" w14:textId="58695FA5" w:rsidR="00713D53" w:rsidRPr="00B56755" w:rsidRDefault="00BC4D19" w:rsidP="003A14BF">
+    <w:p w14:paraId="79A727A8" w14:textId="58695FA5" w:rsidR="00713D53" w:rsidRPr="00B56755" w:rsidRDefault="00BC4D19" w:rsidP="00D22E23">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>NOTES TO RESEARCHERS WHEN USING THIS TEMPLATE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14BB3B4B" w14:textId="77777777" w:rsidR="003A14BF" w:rsidRPr="003A14BF" w:rsidRDefault="00BC4D19" w:rsidP="00713D53">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
@@ -272,213 +268,241 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00713D53">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Denotes sections and text that must appear verbatim. DO NOT REMOVE OR EDIT THESE SECTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4696ED8F" w14:textId="36FED7C3" w:rsidR="00B56755" w:rsidRDefault="00DB7FEA" w:rsidP="00B56755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>Conditional language</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>are statements that appear in</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>orange</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
         <w:rPr>
           <w:b/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>that must be included when the described conditions are met</w:t>
       </w:r>
       <w:r w:rsidR="00713D53" w:rsidRPr="00713D53">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00535FA3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Delete this text if not applicable. </w:t>
       </w:r>
       <w:r w:rsidR="00713D53" w:rsidRPr="00713D53">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Text may be verbatim or similar variation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4095D03A" w14:textId="55561DE6" w:rsidR="00B56755" w:rsidRDefault="00CB5DA1" w:rsidP="00B56755">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="006B05E9">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>FDA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00BC4D19">
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="00B56755">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">are statements that appear in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>{{</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="006B05E9">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>green</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> }}</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="006B05E9">
         <w:rPr>
           <w:b/>
           <w:color w:val="00B050"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="00B56755">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>that must be included when the study is FDA Regulated</w:t>
       </w:r>
       <w:r w:rsidR="00EF3BD0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="001451FC">
         <w:rPr>
           <w:bCs/>
@@ -819,51 +843,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and acronyms</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the first time used</w:t>
       </w:r>
       <w:r w:rsidR="00535FA3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA5BF51" w14:textId="77777777" w:rsidR="003A14BF" w:rsidRDefault="003A14BF" w:rsidP="003A14BF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="658E3717" w14:textId="15F9790E" w:rsidR="003A14BF" w:rsidRPr="00F745F1" w:rsidRDefault="00BC4D19" w:rsidP="003A14BF">
+    <w:p w14:paraId="658E3717" w14:textId="15F9790E" w:rsidR="003A14BF" w:rsidRPr="00F745F1" w:rsidRDefault="00BC4D19" w:rsidP="00D22E23">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F745F1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Delete this cover page prior to submission to COUHES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6314FF5E" w14:textId="3795A8DE" w:rsidR="00713D53" w:rsidRDefault="00713D53">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1047,241 +1071,259 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert names and degrees of all investigators</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>], from the [</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert department affiliation</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">] at the Massachusetts Institute of Technology (M.I.T.) </w:t>
       </w:r>
-      <w:r w:rsidR="00CA313C">
-        <w:rPr>
+      <w:r w:rsidR="00CA313C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...8 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if applicable, insert the name of any collaborating institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA313C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If student, indicate that results will be contributed to senior project, thesis or dissertation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6AB6" w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This study is sponsored by [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>{{</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7FEA">
-[...25 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="006B05E9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006B05E9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the study is FDA regulated, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6AB6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insert name of </w:t>
+      </w:r>
+      <w:r w:rsidR="009425C7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">study </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6AB6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sponsor</w:t>
+      </w:r>
+      <w:r w:rsidR="009425C7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (i.e. IND or IDE holder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009425C7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA6AB6" w:rsidRPr="006B05E9">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="008F250D">
-[...38 lines deleted...]
-      <w:r w:rsidR="00CB5DA1">
+      <w:r w:rsidR="004B5BC2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006B05E9" w:rsidRPr="004831FF">
-[...64 lines deleted...]
-      </w:r>
       <w:r w:rsidR="006B05E9" w:rsidRPr="006B05E9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>\\ I</w:t>
       </w:r>
-      <w:r w:rsidR="006B05E9" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="006B05E9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f the study is funded, include funding source</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="006B05E9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="00BA6AB6" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B52F7F" w14:textId="77777777" w:rsidR="00623E02" w:rsidRPr="008F250D" w:rsidRDefault="00623E02" w:rsidP="00623E02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
@@ -1416,51 +1458,50 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="005B2FCE" w14:paraId="6605A6D2" w14:textId="77777777" w:rsidTr="009425C7">
         <w:trPr>
           <w:trHeight w:val="3995"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F795EA1" w14:textId="0B5E7DC5" w:rsidR="00BA07FE" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="00BA07FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4860"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="008F250D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The information below provides a summary of the research. Your participation in this research is voluntary and you can withdraw at any time. </w:t>
             </w:r>
           </w:p>
@@ -1612,193 +1653,209 @@
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Risks &amp; Potential Discomfort</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50D6CC60" w14:textId="2D0CF021" w:rsidR="00623E02" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="004831FF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4860"/>
               </w:tabs>
               <w:ind w:left="720"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F250D">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Describe any reasonable foreseeable risks, discomforts, inconveniences, and how these will be managed</w:t>
+              <w:t xml:space="preserve">Describe any </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F250D">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reasonable</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F250D">
+              <w:rPr>
+                <w:i/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> foreseeable risks, discomforts, inconveniences, and how these will be managed</w:t>
             </w:r>
             <w:r w:rsidR="00526B89" w:rsidRPr="008F250D">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="004831FF" w:rsidRPr="008F250D">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1-2 sentences.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B6B5A96" w14:textId="7D8192CE" w:rsidR="00623E02" w:rsidRPr="008F250D" w:rsidRDefault="00DB7FEA" w:rsidP="00623E02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4860"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">\\ </w:t>
             </w:r>
-            <w:r w:rsidR="00BC4D19" w:rsidRPr="004B5BC2">
+            <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:b/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alternatives to Participation</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4D19" w:rsidRPr="004B5BC2">
-[...1 lines deleted...]
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+            <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+              <w:rPr>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BC4D19" w:rsidRPr="008F250D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00CA313C" w:rsidRPr="00CA313C">
+            <w:r w:rsidR="00CA313C" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4D19" w:rsidRPr="00CA313C">
+            <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>emove this section if no alternatives exist</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> //</w:t>
             </w:r>
             <w:r w:rsidR="00BC4D19" w:rsidRPr="008F250D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="407F12EB" w14:textId="1D9B419A" w:rsidR="0078212D" w:rsidRPr="008F250D" w:rsidRDefault="00DB7FEA" w:rsidP="009425C7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4860"/>
               </w:tabs>
               <w:ind w:left="720"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">\\ </w:t>
             </w:r>
-            <w:r w:rsidR="00BC4D19" w:rsidRPr="004B5BC2">
+            <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Describe any appropriate alternative therapeutic, diagnostic, or preventive procedures that should b</w:t>
             </w:r>
-            <w:r w:rsidR="0044687C" w:rsidRPr="004B5BC2">
+            <w:r w:rsidR="0044687C" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e considered before the subject</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4D19" w:rsidRPr="004B5BC2">
+            <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> decide whether or not to participate in the study.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00C46E33">
               <w:rPr>
                 <w:i/>
-                <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+                <w:color w:val="BD5907"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> //</w:t>
             </w:r>
             <w:r w:rsidR="00BC4D19" w:rsidRPr="004B5BC2">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01DDC43F" w14:textId="77777777" w:rsidR="00623E02" w:rsidRPr="008F250D" w:rsidRDefault="00623E02" w:rsidP="00623E02">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -1910,241 +1967,261 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366C41EC" w14:textId="77777777" w:rsidR="001F2FF0" w:rsidRDefault="001F2FF0" w:rsidP="00EC32F5">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14913BB0" w14:textId="67B4DBBD" w:rsidR="003579B0" w:rsidRDefault="00CB5DA1" w:rsidP="00EC32F5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="004831FF">
-[...8 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> study involves the use of </w:t>
+      </w:r>
+      <w:r w:rsidR="007846FB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">an investigational </w:t>
       </w:r>
-      <w:r w:rsidR="00781F84">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00781F84" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="007846FB">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="007846FB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">drug/device/biologic].  The purpose of the study is </w:t>
       </w:r>
-      <w:r w:rsidR="001F2FF0">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="001F2FF0" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00781F84">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00781F84" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F2FF0">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="001F2FF0" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">evaluate </w:t>
       </w:r>
-      <w:r w:rsidR="007846FB">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="007846FB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>whether the investigational [drug/device/biologic</w:t>
       </w:r>
-      <w:r w:rsidR="00781F84">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00781F84" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00642F05">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00642F05" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="004831FF">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="007846FB">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="007846FB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">state the purpose of the </w:t>
       </w:r>
-      <w:r w:rsidR="007846FB">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="007846FB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>investigational drug/device/biologic]</w:t>
       </w:r>
-      <w:r w:rsidR="0025172B">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="0025172B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B12F7">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="005B12F7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0096780A">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="0096780A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe and </w:t>
       </w:r>
-      <w:r w:rsidR="0096780A">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="0096780A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="001F2FF0">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="001F2FF0" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nclude information about the inves</w:t>
       </w:r>
-      <w:r w:rsidR="00781F84">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00781F84" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ti</w:t>
       </w:r>
-      <w:r w:rsidR="001F2FF0">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="001F2FF0" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gational product</w:t>
       </w:r>
-      <w:r w:rsidR="002903B6">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002903B6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, such as whether it is approved/cleared for marketing and if so, for what purpose</w:t>
       </w:r>
-      <w:r w:rsidR="005B12F7">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="005B12F7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="002903B6">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002903B6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>}}</w:t>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
       <w:r w:rsidR="002903B6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF59237" w14:textId="77777777" w:rsidR="003579B0" w:rsidRDefault="003579B0" w:rsidP="00EC32F5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C8AF36E" w14:textId="506C6F45" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="00EC32F5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2535,51 +2612,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="00CA313C">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0907B63A" w14:textId="77777777" w:rsidR="002E0576" w:rsidRPr="008F250D" w:rsidRDefault="002E0576" w:rsidP="00AA55A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5292F710" w14:textId="6F6A5635" w:rsidR="0039491D" w:rsidRDefault="0039491D" w:rsidP="00AA55A3">
+    <w:p w14:paraId="5292F710" w14:textId="58692029" w:rsidR="0039491D" w:rsidRDefault="0039491D" w:rsidP="00AA55A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D223B">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Specify </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2637,58 +2714,61 @@
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> if</w:t>
       </w:r>
       <w:r w:rsidRPr="005B12F7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Randomization_1" w:history="1">
         <w:r w:rsidRPr="004B5BC2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>randomized assignment</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="001C5784">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:hyperlink w:anchor="_Blinding" w:history="1">
         <w:r w:rsidRPr="004B5BC2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">, blinding of </w:t>
+          <w:t xml:space="preserve">blinding of </w:t>
         </w:r>
         <w:r w:rsidR="005B12F7" w:rsidRPr="004B5BC2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">study participant </w:t>
         </w:r>
         <w:r w:rsidRPr="004B5BC2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>and investigator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005B12F7">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
@@ -2784,220 +2864,212 @@
       </w:r>
       <w:r w:rsidRPr="006D223B" w:rsidDel="0039491D">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AC68BED" w14:textId="78C6FA3B" w:rsidR="00813F97" w:rsidRDefault="00813F97" w:rsidP="00AA55A3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="047A9256" w14:textId="42D5DF84" w:rsidR="006D223B" w:rsidRPr="0009083F" w:rsidRDefault="00DB7FEA" w:rsidP="00AA55A3">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indicate if the participant will be contact</w:t>
       </w:r>
-      <w:r w:rsidR="00345137">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00345137" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00345137">
-[...10 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00345137" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>future research.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...26 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F01478" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00F01478" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0009083F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
-      <w:r w:rsidR="00345137">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00345137" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00F01478" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00F01478" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants should be able to </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>opt-OUT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of being contacted for future research.</w:t>
       </w:r>
-      <w:r w:rsidR="00AA55A3" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF2F92F" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97" w:rsidP="003579B0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D4E641A" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
@@ -3023,51 +3095,67 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DB928BC" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F01478">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Identify each intervention with a subheading and then describe any reasonable foreseeable risks, discomforts, inconveniences, and how these will be managed.</w:t>
+        <w:t xml:space="preserve">Identify each intervention with a subheading and then describe any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> foreseeable risks, discomforts, inconveniences, and how these will be managed.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F01478">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635C68BF" w14:textId="77777777" w:rsidR="002E0576" w:rsidRPr="008F250D" w:rsidRDefault="002E0576" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B2B46EB" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
@@ -3162,127 +3250,143 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B12F7">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>This</w:t>
       </w:r>
       <w:r w:rsidRPr="005B12F7">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> research may involve risks to you </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7FEA">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(or to your embryo or fetus, if you are or may become pregnant</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="008850DC">
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>{{</w:t>
-[...3 lines deleted...]
-          <w:color w:val="F79646" w:themeColor="accent6"/>
+        <w:t xml:space="preserve">{{ </w:t>
+      </w:r>
+      <w:r w:rsidR="008850DC" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008850DC" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>[if this is applicable and the research is FDA-regulated, this language must be included]</w:t>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+        <w:t>if this is applicable and the research is FDA-regulated, this language must be included]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> }}</w:t>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
       <w:r w:rsidRPr="00227227">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005B12F7">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>that are currently unforeseeable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30EBAD4E" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRDefault="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
@@ -3299,699 +3403,735 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D0AF09" w14:textId="13DB32FA" w:rsidR="00D722A4" w:rsidRPr="0009083F" w:rsidRDefault="00DB7FEA" w:rsidP="00E87473">
+    <w:p w14:paraId="52D0AF09" w14:textId="13DB32FA" w:rsidR="00D722A4" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00E87473">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Incidental Findings</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38435AE3" w14:textId="77777777" w:rsidR="00C93CF5" w:rsidRPr="0009083F" w:rsidRDefault="00C93CF5" w:rsidP="00E87473">
+    <w:p w14:paraId="38435AE3" w14:textId="77777777" w:rsidR="00C93CF5" w:rsidRPr="00C46E33" w:rsidRDefault="00C93CF5" w:rsidP="00E87473">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A617608" w14:textId="387EF215" w:rsidR="00CA313C" w:rsidRDefault="00DB7FEA" w:rsidP="00984E12">
-[...10 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    <w:p w14:paraId="3A617608" w14:textId="387EF215" w:rsidR="00CA313C" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00984E12">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="001E2689">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E87473" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E87473" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If there are any procedures and/or results gathered that may have clinical relevance, include this sub</w:t>
       </w:r>
-      <w:r w:rsidR="005B12F7">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="005B12F7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00E87473" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E87473" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>header.</w:t>
       </w:r>
-      <w:r w:rsidR="00AA55A3" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Otherwise delete.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE8304B" w14:textId="77777777" w:rsidR="00CA313C" w:rsidRDefault="00CA313C" w:rsidP="00984E12">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1CE8304B" w14:textId="77777777" w:rsidR="00CA313C" w:rsidRPr="00C46E33" w:rsidRDefault="00CA313C" w:rsidP="00984E12">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31A855C2" w14:textId="6B897CFD" w:rsidR="001E424B" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00984E12">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>\\</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indicate</w:t>
       </w:r>
-      <w:r w:rsidR="006874F9" w:rsidRPr="006874F9">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="006874F9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> whether clinically relevant research results, including individual research results, will be disclosed</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006874F9" w:rsidRPr="006874F9">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="006874F9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and if so, under what conditions</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00E87473" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E87473" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The plan for offering research results to participants should be carefully articulated. </w:t>
       </w:r>
-      <w:r w:rsidR="00C61B1A" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C61B1A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">An explanation of who will be interpreting results must be described. If </w:t>
       </w:r>
-      <w:r w:rsidR="008F5D39" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008F5D39" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>clinicians</w:t>
       </w:r>
-      <w:r w:rsidR="00C61B1A" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C61B1A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not be interpreting results, it may not be appropriate to return individual results. </w:t>
       </w:r>
-      <w:r w:rsidR="00E87473" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E87473" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Include information on the result reliability and validity; whether the result is urgent, ac</w:t>
       </w:r>
-      <w:r w:rsidR="00C93CF5" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C93CF5" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tionable, or does not have established medical utility; any interpretation limitations; and if any follow-up care or counseling will be provided. </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5AD8" w:rsidRPr="001E2689">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CC5AD8" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Incidental_Findings_Section" w:history="1">
         <w:r w:rsidR="001E2689" w:rsidRPr="001E2689">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>Incidental Finding</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001E2689" w:rsidRPr="001E2689">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for suggested language</w:t>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2689" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for suggested language</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="0009083F">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E55ED49" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRPr="0009083F" w:rsidRDefault="00AA55A3" w:rsidP="00D955D1">
+    <w:p w14:paraId="4E55ED49" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRPr="00C46E33" w:rsidRDefault="00AA55A3" w:rsidP="00D955D1">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="43E7A94B" w14:textId="08792EC7" w:rsidR="001E424B" w:rsidRPr="0009083F" w:rsidRDefault="00DB7FEA" w:rsidP="00D955D1">
+          <w:color w:val="BD5907"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43E7A94B" w14:textId="08792EC7" w:rsidR="001E424B" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00D955D1">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">Genetic information </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29566828" w14:textId="346A2759" w:rsidR="001E424B" w:rsidRPr="0009083F" w:rsidRDefault="001E424B" w:rsidP="00543DA5">
+    <w:p w14:paraId="29566828" w14:textId="346A2759" w:rsidR="001E424B" w:rsidRPr="00C46E33" w:rsidRDefault="001E424B" w:rsidP="00543DA5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6540DE3C" w14:textId="08CB5D39" w:rsidR="00012551" w:rsidRDefault="00DB7FEA" w:rsidP="00526B89">
+    <w:p w14:paraId="6540DE3C" w14:textId="08CB5D39" w:rsidR="00012551" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00526B89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\\</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(If the study </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procedures involve</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7006" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the generation or use of human genetic information, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">include this </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>subheader</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00225B2A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Otherwise delete.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="0009083F">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>\\</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Genetic_Information_Section" w:history="1">
         <w:r w:rsidR="00AA55A3" w:rsidRPr="001E2689">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>Genetic Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AA55A3" w:rsidRPr="0009083F">
         <w:rPr>
           <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for required language.)</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="6E2124CE" w14:textId="77777777" w:rsidR="00012551" w:rsidRPr="0009083F" w:rsidRDefault="00012551" w:rsidP="00526B89">
+      <w:r w:rsidR="00AA55A3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for required language.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2124CE" w14:textId="77777777" w:rsidR="00012551" w:rsidRPr="00C46E33" w:rsidRDefault="00012551" w:rsidP="00526B89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50087461" w14:textId="44815385" w:rsidR="00225B2A" w:rsidRDefault="00DB7FEA" w:rsidP="004B5BC2">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>If there is a plan for returning genetic results to participants, describe here. It should be made clear to the participants whether individual or summary level results will be returned, and if participants can opt-out of receiving genetic results. See</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
+        <w:rPr>
+          <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">[If there is a plan for returning genetic results to participants, describe here. It should be made clear to the participants whether individual or summary level results will be returned, and if participants can opt-out of receiving genetic results. See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Return_of_Individual-Level" w:history="1">
         <w:r w:rsidR="001E2689" w:rsidRPr="003B1113">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-US"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>Return of Individual-Level Genetic Results</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00427D32" w:rsidRPr="0009083F">
         <w:rPr>
           <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for suggested language</w:t>
-[...4 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00427D32" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>for suggested language</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7FEA">
-[...15 lines deleted...]
-        <w:t>//</w:t>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76592CA7" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A7691D8" w14:textId="6910122B" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="007F3A54">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
@@ -4207,131 +4347,157 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>There are no direct benefits to you from taking part in this research stud</w:t>
       </w:r>
       <w:r w:rsidR="007F3A54" w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="007F3A54" w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB7FEA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...10 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>\</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="007F3A54" w:rsidRPr="008D629B">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007F3A54" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the study enrolls non-healthy participants include</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D629B">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following)</w:t>
       </w:r>
-      <w:r w:rsidR="007F3A54" w:rsidRPr="008D629B">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="007F3A54" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00813F97" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00813F97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You should not expect your condition to im</w:t>
       </w:r>
-      <w:r w:rsidR="00964CEA" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00964CEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00813F97" w:rsidRPr="008D629B">
-[...9 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00813F97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rove </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00813F97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00813F97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participating in this research</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3A54" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00813F97" w:rsidRPr="00DB7FEA">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00813F97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A4E6A76" w14:textId="77777777" w:rsidR="00BE1D96" w:rsidRDefault="00BE1D96" w:rsidP="0001395C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F0D074" w14:textId="77777777" w:rsidR="0088616B" w:rsidRPr="008F250D" w:rsidRDefault="0088616B" w:rsidP="0001395C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -4453,142 +4619,130 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40A8AD01" w14:textId="39992411" w:rsidR="007F5E89" w:rsidRPr="004B5BC2" w:rsidRDefault="00BC4D19" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your participation in this research is completely VOLUNTARY. If you choose to participate you may subsequently withdraw from the study at any time without penalty or consequences of any kind. If you choose not to participate, that will not affect your rela</w:t>
       </w:r>
       <w:r w:rsidRPr="00D64D73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tionship with M.I.T. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001936FF">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if applicable, insert the name of any collaborating institution</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E12">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E12">
+        <w:rPr>
+          <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0009083F">
-[...14 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00984E12">
         <w:rPr>
-          <w:iCs/>
-[...6 lines deleted...]
-          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or your right to </w:t>
+      </w:r>
+      <w:r w:rsidR="00427D32" w:rsidRPr="003579B0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>healthcare or</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E12">
-[...41 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
       <w:r w:rsidR="00427D32">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E12">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> other services to which you are otherwise entitled. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38AE47A3" w14:textId="77777777" w:rsidR="00F01478" w:rsidRPr="00984E12" w:rsidRDefault="00F01478" w:rsidP="00F01478">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -4645,621 +4799,663 @@
       </w:r>
       <w:r w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time</w:t>
       </w:r>
       <w:r w:rsidR="00BE1D96" w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE1D96">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> it will not be held against you.</w:t>
       </w:r>
       <w:r w:rsidR="00E81F2C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you decide to withdraw, contact the study investigator. </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00DB7FEA">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="008D629B">
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00F844DE" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00F844DE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">When appropriate, </w:t>
       </w:r>
-      <w:r w:rsidR="00E81F2C" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E81F2C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>include the consequences of a</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>n individual’s</w:t>
       </w:r>
-      <w:r w:rsidR="00E81F2C" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E81F2C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> decision to withdraw from the research and procedures for orderly termination of participation by the</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> study participant</w:t>
       </w:r>
-      <w:r w:rsidR="00687A53" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">, such as </w:t>
       </w:r>
-      <w:r w:rsidR="00353F93" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00353F93" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>tapering off a medication</w:t>
       </w:r>
-      <w:r w:rsidR="00E81F2C" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00E81F2C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DB7FEA">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00DB7FEA" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DCD162" w14:textId="77777777" w:rsidR="007117E1" w:rsidRPr="00427D32" w:rsidRDefault="007117E1" w:rsidP="00F01478">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D2E868E" w14:textId="19C0EF91" w:rsidR="007117E1" w:rsidRPr="008D629B" w:rsidRDefault="00DB7FEA" w:rsidP="00F01478">
+    <w:p w14:paraId="6D2E868E" w14:textId="19C0EF91" w:rsidR="007117E1" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00F01478">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:strike/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If participants CANNOT withdraw their data, use</w:t>
+      </w:r>
+      <w:r w:rsidR="00427D32" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>//</w:t>
+      </w:r>
+      <w:r w:rsidR="00427D32">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">\\ </w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...46 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{{ </w:t>
+      </w:r>
+      <w:r w:rsidR="00427D32" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>Required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00427D32" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for FDA</w:t>
+      </w:r>
+      <w:r w:rsidR="008850DC" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>-r</w:t>
       </w:r>
-      <w:r w:rsidR="00427D32" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00427D32" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>egulated studies</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00427D32">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>If you choose to withdraw, your data up until the point of withdraw</w:t>
       </w:r>
-      <w:r w:rsidR="009C4C78" w:rsidRPr="009C4C78">
-[...10 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="009C4C78" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be retained as part of the study records.  No additional data will be collected from you for this study.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>}}</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0498B6CF" w14:textId="77777777" w:rsidR="007117E1" w:rsidRDefault="007117E1" w:rsidP="00F01478">
+    <w:p w14:paraId="0498B6CF" w14:textId="77777777" w:rsidR="007117E1" w:rsidRPr="00C46E33" w:rsidRDefault="007117E1" w:rsidP="00F01478">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="252C3BD8" w14:textId="4B39B4DF" w:rsidR="008D629B" w:rsidRDefault="00CB5DA1" w:rsidP="00427D32">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252C3BD8" w14:textId="4B39B4DF" w:rsidR="008D629B" w:rsidRPr="00C46E33" w:rsidRDefault="00CB5DA1" w:rsidP="00427D32">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="00B050"/>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00427D32">
-[...8 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you stop being in the research, already collected data may not be removed from the study database. </w:t>
+      </w:r>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00687A53" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>When applicable, include</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00687A53">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You will be asked whether the investigator can collect data from your routine medical care.</w:t>
       </w:r>
-      <w:r w:rsidR="00687A53" w:rsidRPr="008D629B">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> If you agree, this data will be handled the same as research data.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>}}</w:t>
       </w:r>
-      <w:r w:rsidR="00687A53">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00687A53" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00427D32">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EF4F20" w14:textId="77777777" w:rsidR="008D629B" w:rsidRDefault="008D629B" w:rsidP="00427D32">
+    <w:p w14:paraId="07EF4F20" w14:textId="77777777" w:rsidR="008D629B" w:rsidRPr="00C46E33" w:rsidRDefault="008D629B" w:rsidP="00427D32">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F924848" w14:textId="61A03D26" w:rsidR="007117E1" w:rsidRPr="00427D32" w:rsidRDefault="00CB5DA1" w:rsidP="00427D32">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00427D32">
-[...8 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may also consult with public records for safety reporting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00982061" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> }}</w:t>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6CA667" w14:textId="5682DC31" w:rsidR="00CC5AD8" w:rsidRDefault="00CC5AD8" w:rsidP="00F01478">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75462B33" w14:textId="461DC643" w:rsidR="00BF448C" w:rsidRPr="004B5BC2" w:rsidRDefault="00DB7FEA" w:rsidP="004B5BC2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BF448C" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BF448C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00982061" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00982061" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00BF448C" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BF448C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f participants can withdraw their data, use</w:t>
       </w:r>
-      <w:r w:rsidR="00BF448C" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BF448C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="00BF448C" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BF448C" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF448C" w:rsidRPr="00427D32">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You may also withdraw your consent for the use of data already collected about you, but you must do this in writing to [</w:t>
       </w:r>
       <w:r w:rsidR="00BF448C" w:rsidRPr="00427D32">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PI name and address</w:t>
       </w:r>
       <w:r w:rsidR="00BF448C" w:rsidRPr="00427D32">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
       <w:r w:rsidR="008D629B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="008D629B" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B" w:rsidRPr="008D629B">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Do NOT use for FDA</w:t>
       </w:r>
-      <w:r w:rsidR="008850DC">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="008850DC" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="008D629B" w:rsidRPr="008D629B">
-[...12 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regulated studies</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008D629B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...4 lines deleted...]
-        <w:t>}}</w:t>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C53442" w14:textId="77777777" w:rsidR="00BF448C" w:rsidRDefault="00BF448C" w:rsidP="00F01478">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3934812C" w14:textId="6047383F" w:rsidR="00F01478" w:rsidRDefault="00BC4D19" w:rsidP="00F01478">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00535FA3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -5297,148 +5493,148 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C0C6F78" w14:textId="6A0C1B31" w:rsidR="00F01478" w:rsidRPr="0006189A" w:rsidRDefault="00DB7FEA" w:rsidP="0006189A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">If applicable, describe </w:t>
       </w:r>
-      <w:r w:rsidR="008F5D39" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008F5D39" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>foreseeable</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> conditions that would result in withdrawal</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="00C93CF5">
         <w:t>If you experience any of the following during your participation:</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>list and describe any side effects, screening results, conditions etc</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="009E25B9">
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E25B9" w:rsidRPr="008D629B">
         <w:t xml:space="preserve">or if you are </w:t>
       </w:r>
       <w:r w:rsidR="009E25B9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>unable to</w:t>
       </w:r>
       <w:r w:rsidR="0006189A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
@@ -5717,50 +5913,51 @@
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D629B">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the prospective subjects are suffering from a terminal illness, and there are no alternative treatments available, you should say so; but avoid suggesting that participation in the research is the only way to obtain medical care and attention.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="254FFE75" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216180952"/>
     </w:p>
     <w:p w14:paraId="1CCCCEE7" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>PAYMENT FOR PARTICIPATION</w:t>
@@ -5770,222 +5967,222 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B41675C" w14:textId="2D137118" w:rsidR="0009083F" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If participants will NOT receive compensation, use)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>You will not be paid for participating in this research study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCD2B54" w14:textId="77777777" w:rsidR="0009083F" w:rsidRPr="0009083F" w:rsidRDefault="0009083F" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5536AAEC" w14:textId="1A2B09DD" w:rsidR="002E0576" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
+    <w:p w14:paraId="5536AAEC" w14:textId="57953414" w:rsidR="002E0576" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="0009083F" w:rsidRPr="003579B0">
+      <w:r w:rsidR="0009083F" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If participants will be paid, use)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="00A941AF" w:rsidRPr="003579B0">
+      <w:r w:rsidR="00A941AF" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A941AF" w:rsidRPr="00A941AF">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If you agree to take part in this research study, we will pay you </w:t>
       </w:r>
       <w:r w:rsidR="00A941AF" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
@@ -5993,147 +6190,315 @@
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indicate amount]</w:t>
       </w:r>
       <w:r w:rsidR="00A941AF" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A941AF" w:rsidRPr="00A941AF">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for your time and effort. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB7FEA">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00A941AF" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00A941AF" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="004F1A3B">
+      <w:r w:rsidR="004F1A3B" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicate </w:t>
       </w:r>
-      <w:r w:rsidR="00A941AF" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00A941AF" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if the amount is pro-rated for research visit completion</w:t>
       </w:r>
-      <w:r w:rsidR="00C50A8A" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00C50A8A" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or if the participant decides to withdraw or is withdrawn by the investigator</w:t>
       </w:r>
-      <w:r w:rsidR="00A941AF" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00A941AF" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A941AF" w:rsidRPr="0009083F">
+      <w:r w:rsidR="00A941AF" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Under U.S. </w:t>
+      </w:r>
+      <w:r w:rsidR="006208CB">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ederal tax law, </w:t>
+      </w:r>
+      <w:r w:rsidR="006208CB">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on-U</w:t>
+      </w:r>
+      <w:r w:rsidR="006208CB">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="006208CB">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006208CB">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00952195" w:rsidRPr="00EC0243">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>itizens are subject to a 30% tax withholding.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E476816" w14:textId="77777777" w:rsidR="00BE1D96" w:rsidRDefault="00BE1D96" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="619CF118" w14:textId="79CD8D06" w:rsidR="00BE1D96" w:rsidRDefault="00BC4D19" w:rsidP="00BE1D96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6163,169 +6528,170 @@
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should not lose payment if they develop side effects or illness.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449D4CED" w14:textId="77777777" w:rsidR="00BE1D96" w:rsidRPr="008F250D" w:rsidRDefault="00BE1D96" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D47F18F" w14:textId="7CC60313" w:rsidR="00813F97" w:rsidRPr="0009083F" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
+    <w:p w14:paraId="2D47F18F" w14:textId="7CC60313" w:rsidR="00813F97" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...6 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[If the </w:t>
       </w:r>
-      <w:r w:rsidR="0009083F" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0009083F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">participant </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will be reimbursed for expenses such as parking, bus/taxi, baby-sitter, travel companion/assistant, etc., list payment rates.]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5048A7CF" w14:textId="1D24A55D" w:rsidR="00C50A8A" w:rsidRPr="008F250D" w:rsidRDefault="00C50A8A" w:rsidP="002E0576">
+    <w:p w14:paraId="5048A7CF" w14:textId="1D24A55D" w:rsidR="00C50A8A" w:rsidRPr="00C46E33" w:rsidRDefault="00C50A8A" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5672161B" w14:textId="3D29A914" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00DB7FEA" w:rsidP="00C61B1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C50A8A" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C50A8A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If participants are enrolled internationally include</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="00C50A8A" w:rsidRPr="0009083F">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C50A8A" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C3796" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Legally, you can be paid only if you are a US citizen, a legal resident </w:t>
       </w:r>
       <w:r w:rsidR="00E55359" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>noncitizen</w:t>
       </w:r>
       <w:r w:rsidR="001C3796" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (e.g., possess a “green” card),</w:t>
       </w:r>
       <w:r w:rsidR="001C3796" w:rsidRPr="00C50A8A">
         <w:rPr>
           <w:iCs/>
@@ -6341,344 +6707,327 @@
         <w:t>or have a work eligible visa sponsored by the paying institution. You will also be reimbursed for transportation costs to and from the experiment site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C6FF5E" w14:textId="73C5A7A0" w:rsidR="00813F97" w:rsidRDefault="00813F97" w:rsidP="009E3683">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="504624EB" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRDefault="002877CE" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008D629B">
         <w:t xml:space="preserve">If you must drop out because the investigator asks you to or because you have decided on your own to withdraw, you will be compensated in accordance with the payment for participation </w:t>
       </w:r>
       <w:r w:rsidR="009C4C78">
         <w:t>described above</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4B6C46A2" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A3FB91F" w14:textId="2E03309A" w:rsidR="00813F97" w:rsidRPr="004B5BC2" w:rsidRDefault="00BC4D19" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61B1A">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="00C61B1A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>POSSIBLE COMMERCIAL PRODUCTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758619B1" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="00A63200" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11CDCDEB" w14:textId="70DAE55B" w:rsidR="00A63200" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
+    <w:p w14:paraId="11CDCDEB" w14:textId="70DAE55B" w:rsidR="00A63200" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...6 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...18 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[If any human materials (tumor tissue, bone marrow, blood, etc.) are used for establishing a cell line which may be shared with other researchers and which may in the future be of commercial </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">value, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4DA9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">include </w:t>
       </w:r>
-      <w:r w:rsidR="009B4DA9" w:rsidRPr="0006189A">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="009B4DA9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">a statement that the subject’s biospecimens (even if identifiers are removed) may be </w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="009B4DA9">
+        <w:t>a statement that the subject’s biospecimens (even if identifiers are removed) may be used for commercial profit and whether the subject will or will not share in this commercial profit.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4DA9" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
-          <w:color w:val="1B1B1B"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001772F6" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="001772F6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the study does not involve the collection of human materials that may in the future be of commercial value, delete this section and header.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1949CA15" w14:textId="77777777" w:rsidR="004F1A3B" w:rsidRPr="004F1A3B" w:rsidRDefault="004F1A3B" w:rsidP="002E0576">
+    <w:p w14:paraId="1949CA15" w14:textId="77777777" w:rsidR="004F1A3B" w:rsidRPr="00C46E33" w:rsidRDefault="004F1A3B" w:rsidP="002E0576">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2AF2013F" w14:textId="5EBCF9CC" w:rsidR="003579B0" w:rsidRDefault="00DB7FEA" w:rsidP="003579B0">
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF2013F" w14:textId="5EBCF9CC" w:rsidR="003579B0" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="003579B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...6 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>insert sample type here</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] may be used for commercial use</w:t>
       </w:r>
-      <w:r w:rsidR="001772F6" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="001772F6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. They may be used create products or to deliver</w:t>
       </w:r>
-      <w:r w:rsidR="0009083F" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0009083F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001772F6" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="001772F6" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>services, including some that may be sold and/or make money for others</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. You [</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>choose one: will\will not</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] receive any compensation</w:t>
       </w:r>
-      <w:r w:rsidR="009E3683" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="009E3683" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70EEC698" w14:textId="77777777" w:rsidR="003579B0" w:rsidRDefault="003579B0" w:rsidP="003579B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CC20F13" w14:textId="09F8DAE4" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="003579B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -6691,538 +7040,525 @@
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">FINANCIAL OBLIGATION </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC9382C" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ECB9370" w14:textId="597E5A49" w:rsidR="00911371" w:rsidRPr="00911371" w:rsidRDefault="00DB7FEA" w:rsidP="00911371">
+    <w:p w14:paraId="7ECB9370" w14:textId="597E5A49" w:rsidR="00911371" w:rsidRPr="00C46E33" w:rsidRDefault="00DB7FEA" w:rsidP="00911371">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(If there are no anticipated costs to the participants, use)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">\\ </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0009083F">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Taking part in this study will not lead to any added costs for you.</w:t>
       </w:r>
       <w:r w:rsidR="0009083F" w:rsidRPr="009E3683">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If time or travel costs are to be assumed by participants, add</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0009083F" w:rsidRPr="009E3683">
+      <w:r w:rsidR="0009083F" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>However, r</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esearchers will not pay you for your travel or the time it will take for you to be in the study.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E438F4" w14:textId="77777777" w:rsidR="00911371" w:rsidRPr="00911371" w:rsidRDefault="00911371" w:rsidP="00911371">
+    <w:p w14:paraId="62E438F4" w14:textId="77777777" w:rsidR="00911371" w:rsidRPr="00C46E33" w:rsidRDefault="00911371" w:rsidP="00911371">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6869DFD9" w14:textId="44BFFED0" w:rsidR="00911371" w:rsidRPr="00911371" w:rsidRDefault="00CB5DA1" w:rsidP="00911371">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(If the research may result in additional costs to the participants, use)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00911371">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There may be costs to you for taking part in this study. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00911371">
+        <w:rPr>
+          <w:rStyle w:val="Instructions"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00911371">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...49 lines deleted...]
-        <w:t xml:space="preserve">There may be costs to you for taking part in this study. </w:t>
+        <w:t>Describe what these costs are if known, such as copays, transportation to and from study visits, missing a day of employment, and childcare during study visits</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="00911371">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39CFD813" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="00911371" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75A11622" w14:textId="492F30A5" w:rsidR="00813F97" w:rsidRDefault="00CB5DA1">
+    <w:p w14:paraId="75A11622" w14:textId="492F30A5" w:rsidR="00813F97" w:rsidRPr="00C46E33" w:rsidRDefault="00CB5DA1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="00B050"/>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00911371">
-[...8 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Neither</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you nor your insurance company will be billed for your participation in this research.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>}}</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF2B2C4" w14:textId="77777777" w:rsidR="004F0D93" w:rsidRDefault="004F0D93">
+    <w:p w14:paraId="6EF2B2C4" w14:textId="77777777" w:rsidR="004F0D93" w:rsidRPr="00C46E33" w:rsidRDefault="004F0D93">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="278A7FD6" w14:textId="5C0F5E9A" w:rsidR="00EC32F5" w:rsidRDefault="00CB5DA1" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00E52EF4">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00E52EF4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E52EF4" w:rsidRPr="00911371">
-[...54 lines deleted...]
-        <w:t>}}</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E52EF4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If participants may be billed as part of the research, consult with COUHES for appropriate language.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E52EF4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F7BDF1" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FE8D20C" w14:textId="6C6B48C4" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="002871EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk178058883"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk178058883"/>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009402D4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRIVACY AND CONFIDENTIALITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CEDBAC" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
@@ -7318,574 +7654,583 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:t>uthorized MIT representatives to ensure compliance with MIT policies and procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37517E61" w14:textId="346DDBE4" w:rsidR="00D506CE" w:rsidRDefault="00CB5DA1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...15 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>Authorized</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> representatives of the Food and Drug Administration [</w:t>
+      </w:r>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="009C4C78" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="009C4C78" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidR="0022018D" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F1A3B">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004F1A3B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>study</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> sponsor</w:t>
       </w:r>
-      <w:r w:rsidR="00424310" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="002067DF">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00EA4B49">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00EA4B49" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002067DF">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
-      <w:r w:rsidR="00EA4B49">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00EA4B49" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00424310" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> the IDE or IND holder)</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00424310">
-[...3 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>, the manufacturer of the drug or device, etc. List all that apply to the study</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00424310">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="008B152E">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008B152E" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>}}</w:t>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144290DC" w14:textId="161C937C" w:rsidR="0022018D" w:rsidRPr="00424310" w:rsidRDefault="00CB5DA1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="0022018D" w:rsidRPr="00424310">
-[...16 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Authorized representatives of a </w:t>
+      </w:r>
+      <w:r w:rsidR="0053762E" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>federal f</w:t>
       </w:r>
-      <w:r w:rsidR="0022018D" w:rsidRPr="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>unding agencies</w:t>
       </w:r>
-      <w:r w:rsidR="0022018D" w:rsidRPr="00D506CE">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>e.g. NIH, NSF, DOE</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C4564D9" w14:textId="6D9E0D2D" w:rsidR="0022018D" w:rsidRPr="00424310" w:rsidRDefault="00CB5DA1" w:rsidP="00424310">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="008B152E">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008B152E" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>If there is a sponsor associated with the study, list the sponsor</w:t>
       </w:r>
-      <w:r w:rsidR="008B152E" w:rsidRPr="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="008B152E" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3913CE7D" w14:textId="5BE5DBD8" w:rsidR="00D506CE" w:rsidRDefault="00CB5DA1" w:rsidP="00D506CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...9 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>If information will be released to any other party not included above such as independent study monitors, Data Safety Monitoring Boards, CROs, etc., state the agency to whom the information will be disclosed, the nature of the information, and the purpose of the disclosure.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...4 lines deleted...]
-        <w:t>}}</w:t>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FCF097" w14:textId="0993DB04" w:rsidR="00D506CE" w:rsidRPr="00424310" w:rsidRDefault="00CB5DA1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>f your study is sponsored or supported by the Department of Defense</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>, include</w:t>
       </w:r>
-      <w:r w:rsidR="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00424310" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00D506CE">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D506CE" w:rsidRPr="00424310">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00D506CE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>Department of Defense may access records to ensure subject protection (32 CFR 219.116 (b)(5)).</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55316B16" w14:textId="2CF6F2CB" w:rsidR="004F1A3B" w:rsidRPr="004F1A3B" w:rsidRDefault="00CB5DA1" w:rsidP="004F1A3B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="0022018D">
-[...19 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+        </w:rPr>
+        <w:t>Your physicians and nurses for the purposes of</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1A3B" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0224">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00EB0224" w:rsidRPr="00EB0224">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>Describe</w:t>
       </w:r>
-      <w:r w:rsidR="0022018D" w:rsidRPr="00EB0224">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="0022018D" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> if investigators may provide study data to the participant’s medical professional, such as to provide new information about the participant’s condition</w:t>
       </w:r>
-      <w:r w:rsidR="00EB0224">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4434DEF3" w14:textId="270DBDA7" w:rsidR="00233814" w:rsidRPr="004F1A3B" w:rsidRDefault="00BC4D19" w:rsidP="004F1A3B">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004F1A3B">
         <w:t>No information about you, or provided by you during the research will be disclosed to others</w:t>
       </w:r>
       <w:r w:rsidR="002C7AA6" w:rsidRPr="004F1A3B">
         <w:t xml:space="preserve"> not listed above</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1A3B">
         <w:t xml:space="preserve"> without your written permission</w:t>
       </w:r>
       <w:r w:rsidR="00730A5D" w:rsidRPr="004F1A3B">
         <w:t xml:space="preserve"> unless otherwise specified in this consent form, </w:t>
       </w:r>
       <w:r w:rsidRPr="004F1A3B">
         <w:t>except: if necessary to protect your rights or welfare, or if required by law.</w:t>
       </w:r>
       <w:r w:rsidR="00085CAE" w:rsidRPr="004F1A3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD1920" w:rsidRPr="004F1A3B">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17EA8E54" w14:textId="1C62E34A" w:rsidR="00C57054" w:rsidRPr="008F250D" w:rsidRDefault="00C57054">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="478548E4" w14:textId="345B8B9E" w:rsidR="002B3D6B" w:rsidRPr="00000A7C" w:rsidRDefault="002B3D6B" w:rsidP="002B3D6B">
       <w:pPr>
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk178066405"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk178066405"/>
       <w:r w:rsidRPr="00EB0224">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Give a brief description of how personal information, research data, and related records will be coded, stored, etc. to prevent access by unauthorized personnel.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Include data retention period. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
@@ -8011,293 +8356,232 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6681990F" w14:textId="5F0B55D3" w:rsidR="002B3D6B" w:rsidRPr="004B5BC2" w:rsidRDefault="002B3D6B" w:rsidP="002B3D6B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA3773">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You have the right to review your data, including photographs or recordings, at any time before your completion of this study. When your participation is complete and data analysis has concluded, the research team’s ability to honor your request to review your data is limited. All such requests will be reviewed on a case-by-case basis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-        <w:rPr>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If data is subject to GDPR, include a mechanism for subjects to withdraw their data at any time to the extent possible.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00EB0224">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>\\</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E3683">
-[...45 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{{ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the data are from FDA-regulated research, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...8 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The research team will not be able to delete your data already collected as part of your participation before the required data retention perio</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF2ED4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0224" w:rsidRPr="00CB5DA1">
-[...63 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00EB0224" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB0224">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>his includes photographs, video or audio recordings. After the required data retention period has passed, the research team will delete any data upon your request if it is feasible.</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>}}</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="24BEEAAC" w14:textId="64ADD343" w:rsidR="006A7FE5" w:rsidRDefault="006A7FE5" w:rsidP="003579B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390391F4" w14:textId="6ACD5DB8" w:rsidR="006A7FE5" w:rsidRDefault="00CB5DA1" w:rsidP="006023D2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00696CD7" w:rsidRPr="009E3683">
-[...41 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00696CD7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Include the following if research data includes photographs, video or audio recordings. Revise the language according to your research plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00696CD7" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="00696CD7" w:rsidRPr="009E3683">
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00696CD7" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If photographs, videos, or audio-tape recordings of you will be published, discussed in conferences or used for educational purposes, your identity will be protected or disguised. Any identifying features (such as your face or voice) will be shielded or disguised from photographs, videos or audio recordings before such use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1707C497" w14:textId="77777777" w:rsidR="00696CD7" w:rsidRDefault="00696CD7" w:rsidP="006023D2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8318,357 +8602,359 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="30F80B51" w14:textId="1E039F28" w:rsidR="00B811EC" w:rsidRPr="008F250D" w:rsidRDefault="00B811EC" w:rsidP="00F26CB6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D331CC3" w14:textId="6FB2E62B" w:rsidR="00B811EC" w:rsidRPr="0079390F" w:rsidRDefault="00CB5DA1" w:rsidP="00BD2590">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(I</w:t>
       </w:r>
-      <w:r w:rsidR="009E3683" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="009E3683" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">f the study is an </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00F745F1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Applicable Clinical Trial</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009E3683" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="009E3683" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, add</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="00EA4B49">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00EA4B49" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...19 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{{ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4B49" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>[if this is applicable and the research is FDA-regulated, this language must be included]</w:t>
-[...5 lines deleted...]
-          <w:color w:val="00B050"/>
+        <w:t>[if this is applicable and the research is FDA-regulated, this language must be included])</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> }}</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A description of this clinical trial will be available on </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
+        <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+            <w:color w:val="BD5907"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://www.ClinicalTrials.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, as required by U.S. Law. This website will not include any information that can identify you. At most, the website will include a summary of the results. You can search the website at any time.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A898301" w14:textId="10A09E69" w:rsidR="0051667F" w:rsidRDefault="0051667F" w:rsidP="00C16C3F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3819E952" w14:textId="049448B7" w:rsidR="0005288C" w:rsidRDefault="00CB5DA1" w:rsidP="004B5BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(If your research is NIH funded and is issued a </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk89953140"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificate of Confidentiality </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>(CoC), see</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">\\ </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">(CoC), see </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Certificate_of_Confidentiality" w:history="1">
         <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="zh-CN"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>Certificate of Confidentiality</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for required language.)</w:t>
-[...6 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>for required language.)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE89CE2" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C58F4EE" w14:textId="7D3AB285" w:rsidR="0030375A" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19" w:rsidP="009E3683">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk178058870"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk178058870"/>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>FUTURE DATA US</w:t>
       </w:r>
       <w:r w:rsidR="00D85F71" w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
@@ -8931,144 +9217,144 @@
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>describe the type of information that will be shared:</w:t>
       </w:r>
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">such as your information, </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>\\</w:t>
       </w:r>
-      <w:r w:rsidR="007B4CF2" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">demographics data, </w:t>
       </w:r>
-      <w:r w:rsidR="003D6DD1" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="003D6DD1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">biospecimens, </w:t>
       </w:r>
-      <w:r w:rsidR="007B4CF2" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>genetic information, ph</w:t>
       </w:r>
-      <w:r w:rsidR="00490021" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00490021" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="007B4CF2" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">notypic </w:t>
       </w:r>
-      <w:r w:rsidR="00445F62" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00445F62" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidR="007B4CF2" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="003D6DD1" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="003D6DD1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>health information, photographs, videos, audios</w:t>
       </w:r>
-      <w:r w:rsidR="00BA30B9" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BA30B9" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, etc</w:t>
       </w:r>
-      <w:r w:rsidR="00445F62" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00445F62" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
-      <w:r w:rsidR="003D6DD1" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="003D6DD1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">collected as part of the research </w:t>
       </w:r>
       <w:r w:rsidR="00213B18" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00213B18" w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select one</w:t>
       </w:r>
       <w:r w:rsidR="00213B18" w:rsidRPr="008F250D">
@@ -9180,106 +9466,106 @@
       <w:r w:rsidR="00445F62" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>include all that applies:</w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="003D6DD1" w:rsidRPr="009E3683">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="003D6DD1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>academic research institutions, non-profit entities, and/or for-profit entities</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="00BD2590">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
       <w:r w:rsidR="003D6DD1" w:rsidRPr="00D64D73">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AFA6849" w14:textId="45A8334D" w:rsidR="00DC34B5" w:rsidRPr="008F250D" w:rsidRDefault="00DC34B5" w:rsidP="007B4CF2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60597FAB" w14:textId="25AD2096" w:rsidR="00777807" w:rsidRPr="00CC5AD8" w:rsidRDefault="00BC4D19" w:rsidP="00C57054">
+    <w:p w14:paraId="60597FAB" w14:textId="25AD2096" w:rsidR="00777807" w:rsidRPr="00C46E33" w:rsidRDefault="00BC4D19" w:rsidP="00C57054">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:color w:val="F79646" w:themeColor="accent6"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00E65832" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">raditionally used </w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">identifying information about </w:t>
       </w:r>
       <w:r w:rsidR="00E65832" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9362,505 +9648,518 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> samples and information will be available for any research question, such as research aimed at understanding the development and causes of </w:t>
       </w:r>
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:t>many diseases and conditions</w:t>
       </w:r>
       <w:r w:rsidR="007B4CF2" w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the development of new scientific methods. </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Specify the terms of release of future sharing, such as IRB approval or approval by a governance committee</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16A93" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B4CF2" w:rsidRPr="00655AD8">
-[...26 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00C16A93" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5AD8" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nclude </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>if access will be limi</w:t>
+      </w:r>
+      <w:r w:rsidR="000345C4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ted due to particular sensitivitie</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s related to indiv</w:t>
+      </w:r>
+      <w:r w:rsidR="000345C4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>idual</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> privacy or potential for group harm.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4CF2" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C16A93">
-[...80 lines deleted...]
-    <w:p w14:paraId="38149B27" w14:textId="77777777" w:rsidR="00655AD8" w:rsidRPr="008F250D" w:rsidRDefault="00655AD8" w:rsidP="00E14FE8">
+    </w:p>
+    <w:p w14:paraId="38149B27" w14:textId="77777777" w:rsidR="00655AD8" w:rsidRPr="00C46E33" w:rsidRDefault="00655AD8" w:rsidP="00E14FE8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2A11E254" w14:textId="262693EA" w:rsidR="0070687A" w:rsidRPr="002971D4" w:rsidRDefault="00CB5DA1" w:rsidP="001F2418">
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A11E254" w14:textId="262693EA" w:rsidR="0070687A" w:rsidRPr="00C46E33" w:rsidRDefault="00CB5DA1" w:rsidP="001F2418">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="002971D4">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">If your research involves </w:t>
       </w:r>
-      <w:r w:rsidR="009F2B97" w:rsidRPr="003579B0">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="009F2B97" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">storing data, biospecimen and/or cell lines in a biorepository and/or data repository for research purposes, </w:t>
       </w:r>
-      <w:r w:rsidR="001F2418" w:rsidRPr="003579B0">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="001F2418" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>include information on the repository including the type, whether data or biospecimen will be stored in an identifiable or de-identified format, who will have access, for how long, and any other important info such as restrictions on usage.</w:t>
       </w:r>
-      <w:r w:rsidR="001F2418" w:rsidRPr="002971D4">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="001F2418" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587B91E9" w14:textId="77777777" w:rsidR="00BD2590" w:rsidRPr="003579B0" w:rsidRDefault="00BD2590" w:rsidP="00CC5AD8">
+    <w:p w14:paraId="587B91E9" w14:textId="77777777" w:rsidR="00BD2590" w:rsidRPr="00C46E33" w:rsidRDefault="00BD2590" w:rsidP="00CC5AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A6528F5" w14:textId="2C8CFB1E" w:rsidR="00813F97" w:rsidRDefault="00CB5DA1" w:rsidP="00CC5AD8">
+    <w:p w14:paraId="2A6528F5" w14:textId="2C8CFB1E" w:rsidR="00813F97" w:rsidRPr="00C46E33" w:rsidRDefault="00CB5DA1" w:rsidP="00CC5AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="002971D4">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="003579B0">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>If the study involves depositing samples into a biobank, consider the derivatives (such as cell lines or other products that could be propagated and used for many years) and data (including genomic data, epigenetic data, and other unanticipated types of data) that may be generated from those samples, and to include this information in the informed consent.</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="002971D4">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788D782E" w14:textId="568CDF1E" w:rsidR="00E52FCB" w:rsidRDefault="00E52FCB" w:rsidP="00CC5AD8">
+    <w:p w14:paraId="788D782E" w14:textId="568CDF1E" w:rsidR="00E52FCB" w:rsidRPr="00C46E33" w:rsidRDefault="00E52FCB" w:rsidP="00CC5AD8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79F3B3A5" w14:textId="2DA64073" w:rsidR="003579B0" w:rsidRPr="008F250D" w:rsidRDefault="00CB5DA1" w:rsidP="00E157A9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
           <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">\\ </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52FCB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If genetic information may be shared or stored in NIH-supported </w:t>
+      </w:r>
+      <w:r w:rsidR="008F5D39" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>repositories</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52FCB" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, for example, if the research is NIH funded and subject to the NIH Genomic Data Sharing,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E52FCB" w:rsidRPr="006F121C">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">\\ </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">, for example, if the research is NIH funded and subject to the NIH Genomic Data Sharing, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Deposition_of_Genetic" w:history="1">
         <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:i/>
             <w:szCs w:val="24"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>see Deposition of Genetic Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for required lang</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BC4D19">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for required language.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="05E0FD46" w14:textId="2CDACE95" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CC5AD8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NEW FINDINGS</w:t>
+        <w:t>NEW</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FINDINGS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="236117BC" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DE2E740" w14:textId="57894A64" w:rsidR="00813F97" w:rsidRDefault="00BC4D19" w:rsidP="004B5BC2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">During the course of the study, you will be informed of any significant new findings (either good or bad), such as changes in the risks or benefits resulting from participation in the research or new alternatives to participation, that might cause you to change your mind about continuing in the study.  If new information is provided to you, your consent to continue participating in this study </w:t>
       </w:r>
@@ -9879,151 +10178,160 @@
     </w:p>
     <w:p w14:paraId="48F7BDDD" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="008F250D" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78733E8D" w14:textId="77777777" w:rsidR="004F1A3B" w:rsidRDefault="004F1A3B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk178084610"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk178084610"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="44CE6767" w14:textId="6F3FAA40" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C2E0A">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="009C2E0A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B56755">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2E0A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>EMERGENCY CARE AND COMPENSATION FOR INJURY</w:t>
+        <w:t>EMERGENCY</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C2E0A">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CARE AND COMPENSATION FOR INJURY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D61BC80" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69894B6C" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If you feel you have suffered an injury, which may include emotional trauma, as a result of participating in this study, please contact the person in charge of the study as soon as possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531F4EAB" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FD9C6BD" w14:textId="6BA4586D" w:rsidR="004E1340" w:rsidRDefault="00BC4D19" w:rsidP="004E1340">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk178084595"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk178084595"/>
       <w:r w:rsidRPr="00AA265B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In the event you suffer such an injury</w:t>
       </w:r>
       <w:r w:rsidR="00F605DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the direct result of your participation in this study</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA265B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, M.I.T. </w:t>
       </w:r>
       <w:r w:rsidR="00F605DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="00F605DF" w:rsidRPr="00AA265B">
@@ -10056,294 +10364,302 @@
         </w:rPr>
         <w:t xml:space="preserve"> reimbursement for such medical services</w:t>
       </w:r>
       <w:r w:rsidR="00F605DF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> not covered by your insurance</w:t>
       </w:r>
       <w:r w:rsidRPr="009C2E0A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. M.I.T. does not provide any other form of compensation for injury, however, you are not precluded from seeking to collect compensation for injury related to malpractice, fault, or blame on the part of those involved in the research. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1751C2FD" w14:textId="77777777" w:rsidR="004E1340" w:rsidRDefault="004E1340" w:rsidP="004E1340">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="390CECD9" w14:textId="43F3AEF2" w:rsidR="004E1340" w:rsidRPr="00227227" w:rsidRDefault="00CB5DA1" w:rsidP="004E1340">
+    <w:p w14:paraId="390CECD9" w14:textId="43F3AEF2" w:rsidR="004E1340" w:rsidRPr="00C46E33" w:rsidRDefault="00CB5DA1" w:rsidP="004E1340">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
-          <w:color w:val="00B050"/>
-[...6 lines deleted...]
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002971D4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[(</w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If the study is sponsored by a private drug or device manufacturer</w:t>
       </w:r>
-      <w:r w:rsidR="004E1340" w:rsidRPr="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, delete the forgoing and replac</w:t>
       </w:r>
-      <w:r w:rsidR="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002971D4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="004E1340" w:rsidRPr="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with</w:t>
       </w:r>
-      <w:r w:rsidR="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002971D4" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004E1340" w:rsidRPr="002971D4">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E1340" w:rsidRPr="002971D4">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In the event you suffer such an injury from the direct result of your participation in this study, M.I.T. will provide itself, or arrange for the provision of, emergency transport or medical treatment, including emergency treatment and follow-up care, as needed</w:t>
       </w:r>
-      <w:r w:rsidR="002067DF">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002067DF" w:rsidRPr="002067DF">
-[...42 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The sponsor has made plans to pay for medical costs related to research-related injuries.</w:t>
+      </w:r>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Describe how the subject can contact the sponsor for more information.)</w:t>
+      </w:r>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>]. You are not precluded h</w:t>
       </w:r>
-      <w:r w:rsidR="002067DF">
-[...1 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="002067DF" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">owever, </w:t>
       </w:r>
-      <w:r w:rsidR="004E1340" w:rsidRPr="002971D4">
-[...11 lines deleted...]
-        <w:t>}}</w:t>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from seeking to collect compensation for injury related to malpractice, fault, or blame on the part of those involved in the research</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004E1340" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC011AF" w14:textId="05145CE5" w:rsidR="004E1340" w:rsidRDefault="004E1340" w:rsidP="004E1340">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53FD0DE4" w14:textId="332FFEAF" w:rsidR="00813F97" w:rsidRDefault="004E1340" w:rsidP="004B5BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">You will be financially responsible for any services </w:t>
       </w:r>
       <w:r w:rsidR="00F93A11">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">received for any injuries </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>determined not to be directly related to your participation in the study.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="6C86E5B3" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="004B5BC2" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E0AB38E" w14:textId="12022F25" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(*)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA53B8">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*)</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>IDENTIFICATION OF INVESTIGATORS</w:t>
+        <w:t>IDENTIFICATION</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OF INVESTIGATORS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B970C40" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D7D213C" w14:textId="3E4EE7D8" w:rsidR="00813F97" w:rsidRDefault="00BC4D19" w:rsidP="004B5BC2">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In the event of a research related injury or if you experience an adverse reaction, please immediately contact one of the investigators listed below.  If you have any questions about the research, please feel free to contact [i</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
@@ -10359,156 +10675,183 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For greater than minimal risk studies, include night/emergency telephone numbers</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5AD8">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B0F0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0079390F" w:rsidRPr="003579B0">
         <w:rPr>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>{{</w:t>
       </w:r>
-      <w:r w:rsidR="0079390F" w:rsidRPr="003579B0">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="0079390F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For FDA</w:t>
       </w:r>
-      <w:r w:rsidR="00713AF3">
-[...2 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="00713AF3" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-r</w:t>
       </w:r>
-      <w:r w:rsidR="0079390F" w:rsidRPr="003579B0">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> }}</w:t>
+      <w:r w:rsidR="0079390F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egulated studies, include email address of contact </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0079390F" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6058BB2B" w14:textId="77777777" w:rsidR="004B5BC2" w:rsidRPr="008F250D" w:rsidRDefault="004B5BC2" w:rsidP="004B5BC2">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6470ABB9" w14:textId="01C01E5C" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F0B7"/>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B56755">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00EA53B8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">RIGHTS OF </w:t>
+        <w:t>RIGHTS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F250D">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OF </w:t>
       </w:r>
       <w:r w:rsidR="00CC5AD8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>STUDY PARTICIPANTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5178C97F" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00813F97">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E1C1C20" w14:textId="77777777" w:rsidR="004C1BEE" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
@@ -10545,118 +10888,127 @@
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="475047A3" w14:textId="5F1FFA99" w:rsidR="00BD2590" w:rsidRPr="006F121C" w:rsidRDefault="00CB5DA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004C1BEE" w:rsidRPr="006F121C">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="004C1BEE" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If your research is subject to GDPR, </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
-[...3 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_GDPR" w:history="1">
         <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
             <w14:textFill>
               <w14:solidFill>
                 <w14:srgbClr w14:val="0563C1">
                   <w14:lumMod w14:val="75000"/>
                 </w14:srgbClr>
               </w14:solidFill>
             </w14:textFill>
           </w:rPr>
           <w:t>GDPR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for required language.)</w:t>
-[...5 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for required language.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> //</w:t>
       </w:r>
       <w:r w:rsidR="00BC4D19" w:rsidRPr="006F121C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CCF4E92" w14:textId="77777777" w:rsidR="001705AF" w:rsidRPr="008F250D" w:rsidRDefault="001705AF" w:rsidP="001705AF">
       <w:pPr>
         <w:snapToGrid w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9362" w:type="dxa"/>
@@ -10713,109 +11065,102 @@
               <w:t>OR LEGAL REPRESENTATIVE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C329793" w14:textId="2A8870A2" w:rsidR="00FC1AB9" w:rsidRPr="007C1BD6" w:rsidRDefault="00BC4D19" w:rsidP="00FC1AB9">
       <w:pPr>
         <w:rPr>
           <w:color w:val="F79646" w:themeColor="accent6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I have read (or someone has read to me) the information provided above.  I have been given an opportunity to ask questions and all of my questions have been answered to my satisfaction.  I have been given a copy of this form.</w:t>
       </w:r>
       <w:r w:rsidR="00C16A93">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GDPR</w:t>
       </w:r>
-      <w:r w:rsidR="00AF72BC" w:rsidRPr="00CB5DA1">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidR="00AF72BC" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and/or UK Data Protection Act</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...2 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Only: include the following statement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
-[...1 lines deleted...]
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] By signing this consent form, I acknowledge my understanding and consent to the collection, storage and transfer (if applicable) of my personal information to the United States.</w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1">
-[...11 lines deleted...]
-        <w:t>//</w:t>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="BD5907"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> //</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BEDEB39" w14:textId="77777777" w:rsidR="00906557" w:rsidRPr="008F250D" w:rsidRDefault="00906557">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3165B742" w14:textId="77777777" w:rsidR="00813F97" w:rsidRPr="008F250D" w:rsidRDefault="00BC4D19">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BY SIGNING THIS FORM, I WILLINGLY AGREE TO PARTICIPATE IN THE RESEARCH IT DESCRIBES.</w:t>
       </w:r>
@@ -11713,52 +12058,52 @@
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059463F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Below is standard or canned language investigators can add when appropriate to their research. Each section includes a brief description of when the language would be appropriate. Please complete the italicized or empty sections with the necessary information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C14EC34" w14:textId="2CEE1398" w:rsidR="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="0059463F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="6" w:name="_Participation_and_Withdrawal" w:displacedByCustomXml="next"/>
-    <w:bookmarkEnd w:id="6" w:displacedByCustomXml="next"/>
+    <w:bookmarkStart w:id="7" w:name="_Participation_and_Withdrawal" w:displacedByCustomXml="next"/>
+    <w:bookmarkEnd w:id="7" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:id w:val="-757290447"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="5E4D51E4" w14:textId="0D113D70" w:rsidR="00E157A9" w:rsidRDefault="00BC4D19">
           <w:pPr>
@@ -14019,129 +14364,129 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:suppressAutoHyphens w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="02941184" w14:textId="2EA73E5A" w:rsidR="002971D4" w:rsidRDefault="002971D4" w:rsidP="004B5BC2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc178252202"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc175137862"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc178252202"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc175137862"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Key Information (Summary Box)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="382A3301" w14:textId="77777777" w:rsidR="002971D4" w:rsidRPr="002971D4" w:rsidRDefault="002971D4" w:rsidP="004B5BC2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc178252203"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc178252203"/>
       <w:r w:rsidRPr="002971D4">
         <w:t>Compensation for Injury</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="002971D4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEF8457" w14:textId="70AA6352" w:rsidR="002971D4" w:rsidRPr="004B5BC2" w:rsidRDefault="002971D4" w:rsidP="002971D4">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B5BC2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Include for FDA Regulated </w:t>
       </w:r>
       <w:r w:rsidR="004B5BC2" w:rsidRPr="004B5BC2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>research determined to be</w:t>
       </w:r>
       <w:r w:rsidRPr="004B5BC2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> greater than minimal risk. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16249868" w14:textId="0AC24E9A" w:rsidR="002971D4" w:rsidRDefault="002971D4" w:rsidP="004B5BC2">
       <w:pPr>
         <w:spacing w:before="110" w:after="110"/>
       </w:pPr>
       <w:r w:rsidRPr="004B5BC2">
         <w:t>Include an explanation as to whether any compensation and an explanation as to whether any medical treatments are available if injury occurs and, if so, what they consist of, or where further information may be obtained.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1974B31C" w14:textId="362DCD2A" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc178252204"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc178252204"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:t>Participation and Withdrawal Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="225B8290" w14:textId="37087D92" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc175137863"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc178252205"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc175137863"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc178252205"/>
       <w:r>
         <w:t>Recruiting from MIT Community</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="1206085F" w14:textId="1BFBB500" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when participants will be </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>recruited from MIT</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -14172,95 +14517,109 @@
       </w:r>
       <w:r w:rsidR="008F5D39">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">your decision to participate or not to participate will not in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>anyway</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> influence your grade, funding, or other relationship with ______(PI name)</w:t>
+        <w:t xml:space="preserve"> influence your grade, funding, or other relationship with _____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>PI name)</w:t>
       </w:r>
       <w:r w:rsidR="0067757E">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or MIT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093332E4" w14:textId="32A57A2F" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc175137864"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc178252206"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc175137864"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc178252206"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:t>Procedures Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="290BAE63" w14:textId="333B45DC" w:rsidR="0059463F" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Randomization"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkStart w:id="16" w:name="_Randomization"/>
+      <w:bookmarkStart w:id="17" w:name="_Double-Blind"/>
+      <w:bookmarkStart w:id="18" w:name="_Blinding"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc175137865"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc178252207"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Blinding</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="402DDB17" w14:textId="280033E9" w:rsidR="0059463F" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="0059463F">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Include if research procedures involve</w:t>
       </w:r>
       <w:r w:rsidR="006D223B" w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D223B" w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
@@ -14323,76 +14682,84 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> involve </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>single blinding</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45678E53" w14:textId="5611CAEA" w:rsidR="006D223B" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:r w:rsidRPr="00E157A9">
-        <w:t>You will not be told which treatment you are getting, however your study doctor will know</w:t>
+        <w:t xml:space="preserve">You will not be told which treatment you are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t>getting,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t xml:space="preserve"> however your study doctor will know</w:t>
       </w:r>
       <w:r w:rsidR="00E157A9" w:rsidRPr="00E157A9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353F14D2" w14:textId="02B532C2" w:rsidR="00AB75FE" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Focus_Groups"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkStart w:id="21" w:name="_Focus_Groups"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc175137866"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc178252208"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Focus Groups</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="0838DA96" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include if </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>focus groups</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -14400,174 +14767,190 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> will occur:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0826728E" w14:textId="2009819A" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Although we ask everyone in the group to respect the privacy and confidentiality of participants, and to keep the discussion in the group confidential, we cannot guarantee this. Please keep this in mind when choosing what to share in the group setting.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567B6785" w14:textId="75F2B375" w:rsidR="0059463F" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="0059463F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Placebo"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkStart w:id="24" w:name="_Placebo"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc175137867"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc178252209"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Placebo</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="573F4211" w14:textId="7E3E1F24" w:rsidR="0059463F" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="0059463F">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include if </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">research procedures are </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>placebo-controlled</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BDC0E5" w14:textId="4773B2F1" w:rsidR="0059463F" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:r w:rsidRPr="00E157A9">
-        <w:t>This study compares an active drug to a placebo. A placebo is an inactive substance made to look/taste like an active medicine. You will either get the study drug/product, ________(name of drug/device) or a placebo. Researchers use a placebo to see if the study drug works better or is safer than not taking anything.</w:t>
+        <w:t>This study compares an active drug to a placebo. A placebo is an inactive substance made to look/taste like an active medicine. You will either get the study drug/product, _______</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t>_(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t>name of drug/device) or a placebo. Researchers use a placebo to see if the study drug works better or is safer than not taking anything.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B38C4C" w14:textId="74740189" w:rsidR="006D223B" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="006D223B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Randomization_1"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="27" w:name="_Randomization_1"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc175137868"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc178252210"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Randomization</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="0D19F57C" w14:textId="77777777" w:rsidR="006D223B" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="006D223B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include if research procedures involve </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>randomization</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37EB6087" w14:textId="4E1DF59F" w:rsidR="006D223B" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="006D223B">
       <w:r w:rsidRPr="00E157A9">
-        <w:t>Randomization means you will be randomly assigned to a treatment based on chance, like a flip of a coin. Neither you nor the researcher chooses your assigned group. You will have an equal chance of being in either group. (OR If the randomization is not equal; then state the odds).</w:t>
+        <w:t xml:space="preserve">Randomization means you will be randomly assigned to a treatment based on chance, like a flip of a coin. Neither you nor the researcher chooses your assigned group. You will have an equal chance of being in either group. (OR </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t>If</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:t xml:space="preserve"> the randomization is not equal; then state the odds).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29EF6013" w14:textId="1A976F34" w:rsidR="006D223B" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="006D223B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc175137869"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc178252211"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc175137869"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc178252211"/>
       <w:r>
         <w:t>Self-Experimentation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="5F457093" w14:textId="77777777" w:rsidR="006D223B" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="006D223B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when your research is </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>self-experimentation</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -14579,118 +14962,118 @@
     </w:p>
     <w:p w14:paraId="3CA4A0A4" w14:textId="07D8ACDA" w:rsidR="006D223B" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">I am an investigator or key personnel on the above-referenced research study and intend to conduct the procedures as described in the approved protocol and consent form on myself: I am </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>aware that the procedures are considered to constitute research on human subjects. I am performing these procedures on myself voluntarily.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A05E7D6" w14:textId="7B5FD20C" w:rsidR="00E87473" w:rsidRDefault="00BC4D19" w:rsidP="00E87473">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc175137870"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc178252212"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc175137870"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc178252212"/>
       <w:r>
         <w:t>Ultrasound</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1F1DD3A5" w14:textId="3C6360BE" w:rsidR="00E87473" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00E87473">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include if </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ultrasound</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tests will occur:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B83321D" w14:textId="189890E7" w:rsidR="00E87473" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00E87473">
       <w:r w:rsidRPr="00E157A9">
         <w:t>Ultrasound (or sonography) is a test that uses high-frequency sound waves to show what is in your body. Gel will be applied to your skin/ the gel acts as a conductor. A transducer, which is a hand-held device that sends and receives ultrasound signals, will be moved over the area of your body being imaged. Images instantly are seen on a television-like monitor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46055EB1" w14:textId="7D813207" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc175137871"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc178252213"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc175137871"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc178252213"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:t>Potential Risks and Discomforts Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="7985276E" w14:textId="32F1976F" w:rsidR="001936FF" w:rsidRDefault="00BC4D19" w:rsidP="001936FF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc175137872"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc178252214"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc175137872"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc178252214"/>
       <w:r>
         <w:t>Mental Health Topics</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="65CD5E8F" w14:textId="77777777" w:rsidR="001936FF" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="001936FF">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>data are anonymous</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
@@ -14786,99 +15169,131 @@
         <w:t>topics relating to mental health</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62728359" w14:textId="7A8DE62C" w:rsidR="001936FF" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>In the event that you tell the research team you are thinking about harming yourself or others, the research team will provide you resources and may ask you more questions about these thoughts. Based on your responses, the research team may provide you will additional resources or assistance to identify appropriate follow-up. This may include working with you to contact your doctor, contacting a trusted family member or therapist to discuss your thoughts, or working with you on a plan that may include getting you to a hospital for safety.</w:t>
+        <w:t xml:space="preserve">In the event that you tell the research team you are thinking about harming yourself or others, the research team will provide you resources and may ask you more questions about these thoughts. Based on your responses, the research team may provide you will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t>additional</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources or assistance to identify appropriate follow-up. This may include working with you to contact your doctor, contacting a trusted family member or therapist to discuss your thoughts, or working with you on a plan that may include getting you to a hospital for safety.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B0042D" w14:textId="51227E18" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc175137873"/>
-      <w:bookmarkStart w:id="38" w:name="_Toc178252215"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc175137873"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc178252215"/>
       <w:r>
         <w:t>MRI Procedures</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="570E937A" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when your research involves </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>MRI procedures:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653C8DBA" w14:textId="42A96A5E" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>The known risks or side effects associated with conventional MRI procedures are minimal, except for those people who have electrically, magnetically or mechanically activated implants (such as cardiac pacemakers) or those who have intracerebral vascular clips. The greatest risk is of a metallic object flying through the air toward the magnet and hitting you. To reduce this risk we require that all people involved with the study remove all ferrous metal from their clothing and pockets before entering the magnet room. No metal objects are allowed to be brought into the magnet room at any time, unless they are permanently installed. There are no other known risks associated with high-speed MRI. Both the conventional and the high-speed MRI systems have been approved by the FDA and will be operated within the operating parameters reviewed and accepted by the FDA.</w:t>
+        <w:t xml:space="preserve">The known risks or side effects associated with conventional MRI procedures are minimal, except for those people who have electrically, magnetically or mechanically activated implants (such as cardiac pacemakers) or those who have intracerebral vascular clips. The greatest risk is of a metallic object flying through the air toward the magnet and hitting you. To reduce this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>risk</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> we require that all people involved with the study remove all ferrous metal from their clothing and pockets before entering the magnet room. No metal objects are allowed to be brought into the magnet room at any time, unless they are permanently installed. There are no other known risks associated with high-speed MRI. Both the conventional and the high-speed MRI systems have been approved by the FDA and will be operated within the operating parameters reviewed and accepted by the FDA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="786268D8" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F1613AD" w14:textId="520C662D" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>A magnetic resonance scan is not uncomfortable but if you are prone to claustrophobia (fear of enclosed spaces) you should notify the researcher in charge of the scan. You can expect to hear a knocking sound during the imaging. For loud scanning sequences, ear plugs or headphones will be provided so the sound should not be bothersome. In some cases, it may be necessary to use earphones that provide less sound attenuation, in which case, a quieter scanning sequence will be used.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B8AF67" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
@@ -14891,60 +15306,60 @@
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>It is important in these studies that you remain motionless. The head holder is reasonably comfortable, and is designed to keep your head immobilized and in a relaxed position. If the head holder is uncomfortable, you should notify the researcher in charge of the scan. You are free to stop the study at any point if for any reason you do not wish to continue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F38C645" w14:textId="57CA531D" w:rsidR="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07E366F1" w14:textId="127B7C8E" w:rsidR="00AB75FE" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc175137874"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc178252216"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc175137874"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc178252216"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Simulators</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="5D7E0DC5" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Include the following when</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> simulators</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -14953,60 +15368,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> will be used:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5527FCBC" w14:textId="35972DE4" w:rsidR="007C1BD6" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="001936FF">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">There is a small risk that people who take part will develop what is ordinarily referred to as simulator sickness. It occurs once in a while to people who are exposed to prolonged continuous testing in simulated environments. Symptoms consist of nausea and a feeling of being light- headed. The risk is minimized as a result of the short duration of each session in the simulator. If you experience any of the symptoms mentioned, please tell the researcher and remain seated until the symptoms disappear. You are free to stop the study at any point if for any reason you do not wish to continue. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5FDD1F" w14:textId="75C180E6" w:rsidR="00AB75FE" w:rsidRPr="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc175137875"/>
-      <w:bookmarkStart w:id="42" w:name="_Toc178252217"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc175137875"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc178252217"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Virtual Reality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="6EB2F08F" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Include the following when</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> virtual reality</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -15015,299 +15430,301 @@
         </w:rPr>
         <w:t xml:space="preserve"> will be used:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27DF1832" w14:textId="78EB1CE6" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Side effects of VE (virtual environment) use may include stomach discomfort, headaches, sleepiness, dizziness and decreased balance. However, these risks are no greater than the sickness risks participants may be exposed to if they were to visit an amusement parks and ride attractions such as roller coasters. You will be given [n]-minute breaks during the exercise to lessen the chance that you will feel sick. If you experience any of the symptoms mentioned, please tell the researcher and remain seated until the symptoms disappear. You are free to stop the study at any point if for any reason you do not wish to continue.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2344F47D" w14:textId="1DB322FE" w:rsidR="007F3A54" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc175137876"/>
-      <w:bookmarkStart w:id="44" w:name="_Toc178252218"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc175137876"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc178252218"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Anticipated Benefits Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="4402AEC8" w14:textId="4CD21DEE" w:rsidR="007F3A54" w:rsidRDefault="00BC4D19" w:rsidP="007F3A54">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc175137877"/>
-      <w:bookmarkStart w:id="46" w:name="_Toc178252219"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc175137877"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc178252219"/>
       <w:r>
         <w:t>FDA</w:t>
       </w:r>
       <w:r w:rsidR="00713AF3">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>Regulated Products</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9369C2" w14:textId="61129318" w:rsidR="007F3A54" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="007F3A54">
+    <w:p w14:paraId="1E9369C2" w14:textId="61129318" w:rsidR="007F3A54" w:rsidRPr="00C46E33" w:rsidRDefault="00BC4D19" w:rsidP="007F3A54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following if the study uses an </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00CB5DA1">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00E157A9">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">{{ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FDA</w:t>
       </w:r>
-      <w:r w:rsidR="00713AF3">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00713AF3" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E157A9">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regulated product</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB5DA1" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB7521B" w14:textId="65D297D9" w:rsidR="004A2C02" w:rsidRPr="00E157A9" w:rsidRDefault="00CB5DA1" w:rsidP="007F3A54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>regulated product</w:t>
-[...30 lines deleted...]
-          <w:color w:val="00B050"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">{{ </w:t>
       </w:r>
-      <w:r w:rsidR="004A2C02" w:rsidRPr="004A2C02">
-[...31 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidR="004A2C02" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A2C02" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> product is intended to [</w:t>
+      </w:r>
+      <w:r w:rsidR="004A2C02" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="00853C"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>describe purpose of the product</w:t>
       </w:r>
-      <w:r w:rsidR="004A2C02">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> }}</w:t>
+      <w:r w:rsidR="004A2C02" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]; however, we cannot guarantee that you will receive any benefit from it or from being in the study. Your participation in this research may not benefit you, but information learned from this study may benefit patients with your disease or condition in the future</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A2C02" w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> }</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C46E33">
+        <w:rPr>
+          <w:color w:val="00853C"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>}</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF686F9" w14:textId="77777777" w:rsidR="007F3A54" w:rsidRPr="007F3A54" w:rsidRDefault="007F3A54" w:rsidP="007F3A54"/>
     <w:p w14:paraId="34AFEB5D" w14:textId="1CB1A66C" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="00E157A9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Incidental_Findings_Section"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkStart w:id="48" w:name="_Incidental_Findings_Section"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc175137878"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc178252220"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:t>Incidental Findings Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="126614E8" w14:textId="65A32F30" w:rsidR="00C61B1A" w:rsidRPr="00C61B1A" w:rsidRDefault="00BC4D19" w:rsidP="00C61B1A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc175137879"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc178252221"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc175137879"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc178252221"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Clinical </w:t>
       </w:r>
       <w:r w:rsidRPr="00C61B1A">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Review of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00C61B1A">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indings</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="008C13F7">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D04DD88" w14:textId="77777777" w:rsidR="00C61B1A" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00C61B1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following if research team members include </w:t>
@@ -15389,66 +15806,62 @@
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be involved with risk assessment and/or review research findings: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59CF6C24" w14:textId="2A6CDC04" w:rsidR="00C61B1A" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00C61B1A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The experimental procedure(s) performed in this study are for specific research purposes and are not designed to diagnose or treat any medical conditions. Although some of the investigators for this project are trained clinicians, they are not acting as your doctor, but as research staff with relevant clinical knowledge to administer risk assessments and to act on them in urgent/emergent instances. The research staff are not responsible for any medical evaluation or treatment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E5902E7" w14:textId="77777777" w:rsidR="00F01478" w:rsidRDefault="00F01478" w:rsidP="0047640E">
+    <w:p w14:paraId="3E5902E7" w14:textId="77777777" w:rsidR="00F01478" w:rsidRDefault="00F01478" w:rsidP="001C5784"/>
+    <w:p w14:paraId="06D63647" w14:textId="32438893" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="53" w:name="_Toc178252222"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc175137880"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc178252222"/>
       <w:r>
         <w:t>MRI Procedures</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="5BE52746" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when your research includes </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>MRI procedures</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -15492,79 +15905,93 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4673C025" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>If your study does not have access to a radiologist, include the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619F2906" w14:textId="4DA43115" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>The MRI scans performed in this study are for specific research purposes and are not optimized to find medical abnormalities. The investigators for this project are not clinicians trained to perform medical diagnoses, and are not responsible for failure to find existing abnormalities. If we find results that could potentially be clinically relevant, we will share with you and advise you to follow up with your primary care doctor. It is your responsibility to follow up with your doctor for further discussion. We {will OR  not will} provide you with a copy of the scan.</w:t>
+        <w:t xml:space="preserve">The MRI scans performed in this study are for specific research purposes and are not optimized to find medical abnormalities. The investigators for this project are not clinicians trained to perform medical diagnoses, and are not responsible for failure to find existing abnormalities. If we find results that could potentially be clinically relevant, we will share with you and advise you to follow up with your primary care doctor. It is your responsibility to follow up with your doctor for further discussion. We {will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>OR  not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will} provide you with a copy of the scan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFBD22A" w14:textId="0DBA5F71" w:rsidR="0047640E" w:rsidRDefault="0047640E" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1622DE26" w14:textId="3FE78CF4" w:rsidR="0079390F" w:rsidRDefault="00BC4D19" w:rsidP="0079390F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Return_of_Individual-Level"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkStart w:id="55" w:name="_Return_of_Individual-Level"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc175137881"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc178252223"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Return of Individual-Level Genetic Results</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF76268" w14:textId="463BD197" w:rsidR="0047640E" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="001936FF" w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -15617,77 +16044,77 @@
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Any results we return to you will first be verified in a clinical lab.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E59BC2" w14:textId="1357D1F2" w:rsidR="0047640E" w:rsidRPr="00E157A9" w:rsidRDefault="00CB5DA1" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="279" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB5DA1">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">\\ </w:t>
       </w:r>
-      <w:r w:rsidR="00BC4D19" w:rsidRPr="00CB5DA1">
+      <w:r w:rsidR="00BC4D19" w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t xml:space="preserve">The results will be explained to you by a genetic counselor, a health professional who has training in genetics and counseling </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CB5DA1">
+      <w:r w:rsidRPr="00C46E33">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+          <w:color w:val="BD5907"/>
         </w:rPr>
         <w:t>//</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7395382A" w14:textId="77777777" w:rsidR="0047640E" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="279" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000"/>
@@ -15880,77 +16307,77 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:rStyle w:val="Instructions"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contact you to let you know what they have found.  If the researchers return genetic test results to you, it may be because they think you could have a health risk and want to recommend that the test should be re-done by a certified clinical laboratory to check the results.   If this happens, then you may want to get a second test from a certified clinical laboratory, consult your own doctor, or get professional genetic counseling. You may have to pay for those additional services yourself.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC7A8F0" w14:textId="5FC1ECD9" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Genetic_Information_Section"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkStart w:id="58" w:name="_Genetic_Information_Section"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc175137882"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc178252224"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:t>Gen</w:t>
       </w:r>
       <w:r w:rsidR="00AA55A3">
         <w:t>etic</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB75FE">
         <w:t xml:space="preserve"> Information Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="1405416A" w14:textId="4AECA8C8" w:rsidR="00AA55A3" w:rsidRDefault="00BC4D19" w:rsidP="00AA55A3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc175137883"/>
-      <w:bookmarkStart w:id="61" w:name="_Toc178252225"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc175137883"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc178252225"/>
       <w:r>
         <w:t>Required language for research involving use or generation of genetic information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="2ECAD6DF" w14:textId="62822872" w:rsidR="00AA55A3" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AA55A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">As part of the analysis on your specimens, the investigators may complete genetic testing.  Genetic research may include looking at information, such as personal appearance and biochemistry, gene sequences, genetic landmarks, individual and family medical histories, reactions to medications and responses to treatment.  Genetic research raises certain questions about informing you of any results.  Possible risks of knowing results include:  anxiety; other psychological distress; and the possibility of insurance and job discrimination.  A possible risk of not knowing includes being unaware of the need for treatment.  These risks can change depending on the results of the research and whether there is a treatment or cure for a particular disease. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D93F68C" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRPr="00E157A9" w:rsidRDefault="00AA55A3" w:rsidP="00AA55A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
@@ -16025,66 +16452,62 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I have read the information above and understand my genetic information may be generated for this research. If my genetic information may be shared for future research, it will be described in the “Future Data Use” section in this consent form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BBEA8BF" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AA55A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Initial __________ Date___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057EDF0E" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRDefault="00AA55A3" w:rsidP="0047640E">
+    <w:p w14:paraId="057EDF0E" w14:textId="77777777" w:rsidR="00AA55A3" w:rsidRDefault="00AA55A3" w:rsidP="001C5784"/>
+    <w:p w14:paraId="65D31728" w14:textId="6C654E6F" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="63" w:name="_Toc178252226"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc175137884"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc178252226"/>
       <w:r>
         <w:t>WGS Studies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="52A8E025" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">whole exome or whole genome sequencing studies </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
@@ -16229,51 +16652,65 @@
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> ____Yes </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t>____ No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418D3621" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">My blood/tissue sample may be stored/shared for future genetic research in ______[specify health problems (such as cancer, heart disease, etc.)].  </w:t>
+        <w:t>My blood/tissue sample may be stored/shared for future genetic research in _____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>_[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">specify health problems (such as cancer, heart disease, etc.)].  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6162652E" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">____ Yes </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t>____ No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D083B5" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
@@ -16305,57 +16742,57 @@
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
         <w:t>____ No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D07802A" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Please add your initial and date.  Initial __________ Date___________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EFCF78B" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE"/>
     <w:p w14:paraId="74D2890B" w14:textId="1D5B7343" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Toc175137885"/>
-      <w:bookmarkStart w:id="65" w:name="_Toc178252227"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc175137885"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc178252227"/>
       <w:r>
         <w:t>Microbial Sequencing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="23CCD7E6" w14:textId="3AB3402F" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when human DNA is sequenced but not analyzed, such as during </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>microbial sequencing</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -16388,70 +16825,70 @@
     </w:p>
     <w:p w14:paraId="49BADB7D" w14:textId="79392E54" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>There is some possibility that someone might be able to use bacterial sequence information to identify close contacts with other people. This is a minor risk, as it is only possible if they have also whole-genome sequenced information about the bacteria from the other individuals that are close contacts. Additionally, certain health and lifestyle information might be theoretically predictable from bacterial composition at various body sites.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B333EB" w14:textId="5D50251D" w:rsidR="001772F6" w:rsidRDefault="001772F6" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20833316" w14:textId="704F1A5C" w:rsidR="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc175137886"/>
-      <w:bookmarkStart w:id="67" w:name="_Toc178252228"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc175137886"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc178252228"/>
       <w:r w:rsidRPr="00AB75FE">
         <w:lastRenderedPageBreak/>
         <w:t>Future Data Use Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="52152EBE" w14:textId="7FE975F7" w:rsidR="00713D53" w:rsidRDefault="00BC4D19" w:rsidP="00713D53">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc175137887"/>
-      <w:bookmarkStart w:id="69" w:name="_Toc178252229"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc175137887"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc178252229"/>
       <w:r>
         <w:t>Creation of Cell Lines</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
     </w:p>
     <w:p w14:paraId="2A0BA4A2" w14:textId="4C0E87A3" w:rsidR="00713D53" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00713D53">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following if </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>cell lines will be created</w:t>
       </w:r>
@@ -16491,62 +16928,62 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>] and your de-identified data in a "cell bank," so that other researchers and companies can apply to use the cell lines in their own research. [</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Specify the terms of release established by the repositories, such as IRB approval or approval by a governance committee</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A402657" w14:textId="77777777" w:rsidR="00713D53" w:rsidRPr="00713D53" w:rsidRDefault="00713D53" w:rsidP="00713D53"/>
     <w:p w14:paraId="6BF3B7E5" w14:textId="71159D18" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Deposition_of_Genetic"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkStart w:id="71" w:name="_Deposition_of_Genetic"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc175137888"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc178252230"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:t>Deposition of Genetic Information – NIH Reposito</w:t>
       </w:r>
       <w:r w:rsidR="0047640E">
         <w:t>ries</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="644BA350" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Include the following when </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>genetic information</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -16593,75 +17030,115 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">If the research is </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>NIH funded and subject to the NIH Genomic Data Sharing Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, please include the following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D623113" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
+    <w:p w14:paraId="6D623113" w14:textId="508D7E4C" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t>Portions of your de-identified, individual level data and health information will be stored for an unlimited period of time in a database [include database name: such as in the database of  Genotypes and Phenotypes (</w:t>
+        <w:t xml:space="preserve">Portions of your de-identified, individual level data and health information will be stored for an unlimited </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a database [include database name: such as in the database </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>of  Genotypes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Phenotypes (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dbGaP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> )]to be used for future research and to be shared broadly. The data may include: </w:t>
+        <w:t>)]</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5784">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">to be used for future research and to be shared broadly. The data may include: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B01A56E" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Your genomic data: Genomic data is information about a person’s complete DNA. DNA stores messages or codes, which are passed on to future generations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39344CCC" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
@@ -16765,94 +17242,136 @@
     <w:p w14:paraId="1ED7D188" w14:textId="6B24B85C" w:rsidR="00AB75FE" w:rsidRPr="00BD199F" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD199F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Unrestricted access</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588E0939" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">[For data sharing to unrestricted access databases:]Your de-identified, individual level demographic, genomic and phenotypic data and health information will be shared in a  database [database name: such as in </w:t>
+        <w:t>[For data sharing to unrestricted access databases</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:]Your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de-identified, individual level demographic, genomic and phenotypic data and health information will be shared in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a  database</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [database name: such as in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dbGaP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">] with unrestricted access. This means that anyone from the public can access and use the data. [For example], the public database will include information on hundreds of thousands of genetic variations in your DNA code, as well as your ethnic group and sex. The only health information included will be whether you had [disease X] or not. This public information will not be labeled with your name or other information that could be used to easily identify you. However, it is possible that the information from your genome, when combined with information from other public sources could be used to identify you. We believe it is unlikely that this will happen, but we cannot make guarantees. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C04C019" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE"/>
     <w:p w14:paraId="3D4A6A9B" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00BD199F" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD199F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Controlled-Access</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE888E2" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">[For data sharing to controlled-access databases:]Your de-identified, individual level demographic, genomic and phenotypic data and health information will be shared in a database [ database name: such as in </w:t>
+        <w:t>[For data sharing to controlled-access databases</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:]Your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E157A9">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de-identified, individual level demographic, genomic and phenotypic data and health information will be shared in a database [ database name: such as in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dbGaP</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>] with controlled-access.  This means that only researchers who apply for and get permission to use the information for a specific research project will be able to access the information. Your genomic data and health information will not be labeled with your name or other information that could be used to directly identify you. Although the NIH takes measures to protect privacy, we do not know how likely it is that your identity could become re-connected with your genetic and health information. We believe the chance that this will happen is very small, but we cannot make guarantees. Researchers approved to access information in the database will agree not to attempt to identify you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75D8385D" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE"/>
     <w:p w14:paraId="02F74824" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
@@ -16917,59 +17436,59 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Genomic Summary Results (GSR) under Controlled-Access</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544D567C" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>The genomic summary results from this study will be made available through controlled-access. Although researchers will not be able to access information specific to you without permission, some summary-level information about all the participants included in a dataset (including you) may be shared through the scientific literature. Some examples of information that may be shared includes how different genes are associated with different traits or diseases across the many participants in a dataset, or how often certain gene changes are seen across participants. The risk of anyone identifying you with this information is very low.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FBBFD8" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE"/>
     <w:p w14:paraId="5CBBCA46" w14:textId="2B4BCAF4" w:rsidR="0047640E" w:rsidRDefault="0047640E" w:rsidP="00AB75FE"/>
     <w:p w14:paraId="15B5BF38" w14:textId="04123900" w:rsidR="0047640E" w:rsidRDefault="00BC4D19" w:rsidP="0047640E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Certificate_of_Confidentiality"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkStart w:id="74" w:name="_Certificate_of_Confidentiality"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc175137889"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc178252231"/>
+      <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t>Certificate of Confidentiality</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="15FB916C" w14:textId="70E6AE5B" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Research funded by the NIH that include a </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Certificate of Confidentiality,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
@@ -16981,74 +17500,74 @@
     </w:p>
     <w:p w14:paraId="6F068871" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>The privacy protections, and limitations of those protections, afforded by a Certificate of Confidentiality to individual-level data do not apply to summary results.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5830A174" w14:textId="77777777" w:rsidR="00AB75FE" w:rsidRPr="00AB75FE" w:rsidRDefault="00AB75FE" w:rsidP="00AB75FE">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E8EB0C6" w14:textId="109E267C" w:rsidR="00A63200" w:rsidRPr="001936FF" w:rsidRDefault="00BC4D19" w:rsidP="001936FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc175137890"/>
-      <w:bookmarkStart w:id="77" w:name="_Toc178252232"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc175137890"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc178252232"/>
       <w:r w:rsidRPr="001936FF">
         <w:t xml:space="preserve">Rights of Research </w:t>
       </w:r>
       <w:r w:rsidR="001936FF" w:rsidRPr="001936FF">
         <w:t>Participants Section</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="533B5586" w14:textId="3FC7CF0B" w:rsidR="00A63200" w:rsidRDefault="00BC4D19" w:rsidP="00A63200">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_GDPR"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkStart w:id="79" w:name="_GDPR"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc175137891"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc178252233"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>GDPR</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5EA7D1" w14:textId="5BD2EAE6" w:rsidR="00A63200" w:rsidRPr="00E157A9" w:rsidRDefault="00BC4D19" w:rsidP="00A63200">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Research data that is subject to </w:t>
       </w:r>
       <w:r w:rsidRPr="00E157A9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -17226,95 +17745,91 @@
         <w:t>[“will” or “may”]</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be transferred to the United States. You understand that the data protection and privacy laws of the United States may not offer you the same level of protection as those in the </w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[country or countries of data’s origin/EEA/UK].</w:t>
       </w:r>
       <w:r w:rsidRPr="008F250D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="458A72B7" w14:textId="16243ACA" w:rsidR="00A63200" w:rsidRDefault="00A63200" w:rsidP="00A63200"/>
     <w:p w14:paraId="16532E13" w14:textId="7089FD18" w:rsidR="002B3D6B" w:rsidRPr="00A63200" w:rsidRDefault="002B3D6B" w:rsidP="00A63200"/>
     <w:sectPr w:rsidR="002B3D6B" w:rsidRPr="00A63200" w:rsidSect="00315478">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36D83A98" w14:textId="77777777" w:rsidR="00FA6754" w:rsidRDefault="00FA6754">
+    <w:p w14:paraId="298F73C0" w14:textId="77777777" w:rsidR="00851814" w:rsidRDefault="00851814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A21F0C0" w14:textId="77777777" w:rsidR="00FA6754" w:rsidRDefault="00FA6754">
+    <w:p w14:paraId="7C398DF9" w14:textId="77777777" w:rsidR="00851814" w:rsidRDefault="00851814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -17363,62 +17878,52 @@
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:panose1 w:val="02000503000000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="0F9257D9" w14:textId="02032D58" w:rsidR="00475866" w:rsidRPr="00043093" w:rsidRDefault="00475866" w:rsidP="00043093">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F9257D9" w14:textId="79F350AF" w:rsidR="00475866" w:rsidRPr="00043093" w:rsidRDefault="00475866" w:rsidP="00043093">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B97A3C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00B97A3C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00B97A3C">
       <w:rPr>
@@ -17502,135 +18007,115 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                  </w:t>
     </w:r>
     <w:r w:rsidRPr="00505F54">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Form Rev</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidR="00654E85">
+    <w:r w:rsidR="00B84A49">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Oct. 2</w:t>
+      <w:t>Dec. 10</w:t>
     </w:r>
     <w:r w:rsidRPr="00505F54">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>, 202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00B84A49">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00505F54">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="470D2D35" w14:textId="77777777" w:rsidR="00FA6754" w:rsidRDefault="00FA6754">
+    <w:p w14:paraId="5F5AB92C" w14:textId="77777777" w:rsidR="00851814" w:rsidRDefault="00851814">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E03E1E3" w14:textId="77777777" w:rsidR="00FA6754" w:rsidRDefault="00FA6754">
+    <w:p w14:paraId="365F40F8" w14:textId="77777777" w:rsidR="00851814" w:rsidRDefault="00851814">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="0" w:type="auto"/>
       <w:jc w:val="right"/>
       <w:tblCellMar>
         <w:top w:w="15" w:type="dxa"/>
         <w:left w:w="15" w:type="dxa"/>
         <w:bottom w:w="15" w:type="dxa"/>
         <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2512"/>
     </w:tblGrid>
     <w:tr w:rsidR="00475866" w14:paraId="53F6673D" w14:textId="77777777" w:rsidTr="003A14BF">
       <w:trPr>
         <w:trHeight w:val="255"/>
         <w:jc w:val="right"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2512" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -17770,121 +18255,111 @@
             <w:t>Approval on:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4D376B93" w14:textId="520AFC39" w:rsidR="00475866" w:rsidRPr="00211661" w:rsidRDefault="00475866" w:rsidP="00211661">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A098D8D" wp14:editId="2B880801">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A098D8D" wp14:editId="387EEB8A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-69012</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-591185</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="786320" cy="486383"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="761962281" name="Picture 1" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
+          <wp:docPr id="761962281" name="Picture 1" descr="MIT"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="415102457" name="Picture 1" descr="A black background with a black square&#10;&#10;Description automatically generated with medium confidence"/>
+                  <pic:cNvPr id="761962281" name="Picture 1" descr="MIT"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="786320" cy="486383"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
@@ -20016,169 +20491,169 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="88407E8C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="560865641">
+  <w:num w:numId="1" w16cid:durableId="1938976582">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1253002689">
+  <w:num w:numId="2" w16cid:durableId="240145971">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="589585898">
+  <w:num w:numId="3" w16cid:durableId="1510096237">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="87164774">
+  <w:num w:numId="4" w16cid:durableId="371467653">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1376735718">
+  <w:num w:numId="5" w16cid:durableId="282007278">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1693065482">
+  <w:num w:numId="6" w16cid:durableId="662046507">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="10229354">
+  <w:num w:numId="7" w16cid:durableId="15625164">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="683094888">
+  <w:num w:numId="8" w16cid:durableId="586768403">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="638268657">
+  <w:num w:numId="9" w16cid:durableId="2139059256">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1896578863">
+  <w:num w:numId="10" w16cid:durableId="885527658">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="890848291">
+  <w:num w:numId="11" w16cid:durableId="18893532">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1026368687">
+  <w:num w:numId="12" w16cid:durableId="1638416968">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1486893948">
+  <w:num w:numId="13" w16cid:durableId="954678648">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1043797957">
+  <w:num w:numId="14" w16cid:durableId="574047054">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1760711536">
+  <w:num w:numId="15" w16cid:durableId="170489916">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1694920613">
+  <w:num w:numId="16" w16cid:durableId="998654608">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="504441194">
+  <w:num w:numId="17" w16cid:durableId="485900427">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1317105884">
+  <w:num w:numId="18" w16cid:durableId="569190796">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="61102670">
+  <w:num w:numId="19" w16cid:durableId="1709068421">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1249460939">
+  <w:num w:numId="20" w16cid:durableId="87775629">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="626089634">
+  <w:num w:numId="21" w16cid:durableId="2090300267">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="197276573">
+  <w:num w:numId="22" w16cid:durableId="1794596272">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="637149339">
+  <w:num w:numId="23" w16cid:durableId="1746108151">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="2125030460">
+  <w:num w:numId="24" w16cid:durableId="509101309">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1256087548">
+  <w:num w:numId="25" w16cid:durableId="152450453">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1014109166">
+  <w:num w:numId="26" w16cid:durableId="438765207">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="268977057">
+  <w:num w:numId="27" w16cid:durableId="1882552299">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="711342103">
+  <w:num w:numId="28" w16cid:durableId="29186106">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="649214913">
+  <w:num w:numId="29" w16cid:durableId="213196978">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="337275500">
+  <w:num w:numId="30" w16cid:durableId="809785279">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1826586046">
+  <w:num w:numId="31" w16cid:durableId="2086753930">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="880289577">
+  <w:num w:numId="32" w16cid:durableId="1424912285">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1830905031">
+  <w:num w:numId="33" w16cid:durableId="81413508">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1714572015">
+  <w:num w:numId="34" w16cid:durableId="1697778427">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="2112970630">
+  <w:num w:numId="35" w16cid:durableId="483475084">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1795714200">
+  <w:num w:numId="36" w16cid:durableId="129178458">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1863782271">
+  <w:num w:numId="37" w16cid:durableId="1225720759">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="183"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
@@ -20186,138 +20661,141 @@
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001078C9"/>
     <w:rsid w:val="00001196"/>
     <w:rsid w:val="00007AD9"/>
     <w:rsid w:val="00012551"/>
     <w:rsid w:val="0001395C"/>
     <w:rsid w:val="00014A34"/>
     <w:rsid w:val="00021101"/>
     <w:rsid w:val="00023479"/>
     <w:rsid w:val="0002449E"/>
     <w:rsid w:val="00024C4B"/>
     <w:rsid w:val="0002566F"/>
     <w:rsid w:val="00033243"/>
     <w:rsid w:val="000345C4"/>
     <w:rsid w:val="00036A09"/>
     <w:rsid w:val="0004073C"/>
     <w:rsid w:val="00040A0C"/>
+    <w:rsid w:val="00040ACD"/>
     <w:rsid w:val="00042BB2"/>
     <w:rsid w:val="00043093"/>
     <w:rsid w:val="00043F4A"/>
     <w:rsid w:val="0005288C"/>
     <w:rsid w:val="00053747"/>
     <w:rsid w:val="00057544"/>
     <w:rsid w:val="0006189A"/>
     <w:rsid w:val="0006682F"/>
     <w:rsid w:val="00066FE1"/>
     <w:rsid w:val="00071EBB"/>
     <w:rsid w:val="000804A6"/>
     <w:rsid w:val="00082355"/>
     <w:rsid w:val="00085CAE"/>
     <w:rsid w:val="00086E84"/>
     <w:rsid w:val="0009083F"/>
     <w:rsid w:val="00092341"/>
     <w:rsid w:val="000954C7"/>
     <w:rsid w:val="000974BE"/>
     <w:rsid w:val="000A5B83"/>
     <w:rsid w:val="000B1150"/>
     <w:rsid w:val="000B2962"/>
     <w:rsid w:val="000B29AB"/>
     <w:rsid w:val="000B4A24"/>
     <w:rsid w:val="000B7AA2"/>
     <w:rsid w:val="000C0E81"/>
     <w:rsid w:val="000C159C"/>
     <w:rsid w:val="000C45C5"/>
     <w:rsid w:val="000D0C79"/>
     <w:rsid w:val="000D1EA3"/>
     <w:rsid w:val="000D65A9"/>
     <w:rsid w:val="000E0BD3"/>
     <w:rsid w:val="000E169E"/>
     <w:rsid w:val="000E7C33"/>
     <w:rsid w:val="000F5D04"/>
     <w:rsid w:val="00100801"/>
     <w:rsid w:val="00101CBC"/>
     <w:rsid w:val="00104480"/>
     <w:rsid w:val="001078C9"/>
+    <w:rsid w:val="00110F35"/>
     <w:rsid w:val="0011250E"/>
     <w:rsid w:val="00112C27"/>
     <w:rsid w:val="00114599"/>
     <w:rsid w:val="0012331E"/>
     <w:rsid w:val="001276EB"/>
     <w:rsid w:val="00130530"/>
     <w:rsid w:val="001308BF"/>
     <w:rsid w:val="00132C68"/>
     <w:rsid w:val="00133D09"/>
     <w:rsid w:val="00134255"/>
     <w:rsid w:val="00134FEB"/>
     <w:rsid w:val="001373B5"/>
     <w:rsid w:val="001451FC"/>
     <w:rsid w:val="00150A0D"/>
     <w:rsid w:val="00151387"/>
     <w:rsid w:val="0015312B"/>
     <w:rsid w:val="00153282"/>
     <w:rsid w:val="00154213"/>
     <w:rsid w:val="00154470"/>
     <w:rsid w:val="00157726"/>
     <w:rsid w:val="00157EC2"/>
     <w:rsid w:val="00163556"/>
     <w:rsid w:val="00163A73"/>
     <w:rsid w:val="00167967"/>
     <w:rsid w:val="001705AF"/>
     <w:rsid w:val="0017075A"/>
     <w:rsid w:val="00170938"/>
     <w:rsid w:val="0017644D"/>
     <w:rsid w:val="001772F6"/>
     <w:rsid w:val="0017745E"/>
     <w:rsid w:val="001826B8"/>
     <w:rsid w:val="0018383B"/>
     <w:rsid w:val="001848EB"/>
     <w:rsid w:val="00187C56"/>
     <w:rsid w:val="00187E5F"/>
     <w:rsid w:val="00190AFA"/>
     <w:rsid w:val="001936FF"/>
     <w:rsid w:val="00194838"/>
     <w:rsid w:val="00195074"/>
     <w:rsid w:val="001958C0"/>
     <w:rsid w:val="00196AE2"/>
     <w:rsid w:val="001A2CBB"/>
     <w:rsid w:val="001A58B1"/>
     <w:rsid w:val="001A710A"/>
     <w:rsid w:val="001B2CE8"/>
     <w:rsid w:val="001B4FDC"/>
     <w:rsid w:val="001C0F55"/>
     <w:rsid w:val="001C1F15"/>
     <w:rsid w:val="001C3796"/>
     <w:rsid w:val="001C38F3"/>
+    <w:rsid w:val="001C5784"/>
     <w:rsid w:val="001C6ECF"/>
     <w:rsid w:val="001D0160"/>
     <w:rsid w:val="001D2A76"/>
     <w:rsid w:val="001D38E7"/>
     <w:rsid w:val="001D5566"/>
     <w:rsid w:val="001E2689"/>
     <w:rsid w:val="001E2AE6"/>
     <w:rsid w:val="001E352E"/>
     <w:rsid w:val="001E424B"/>
     <w:rsid w:val="001F0999"/>
     <w:rsid w:val="001F2418"/>
     <w:rsid w:val="001F2FF0"/>
     <w:rsid w:val="001F393F"/>
     <w:rsid w:val="002011A0"/>
     <w:rsid w:val="002012E7"/>
     <w:rsid w:val="00204A2A"/>
     <w:rsid w:val="002067DF"/>
     <w:rsid w:val="00211661"/>
     <w:rsid w:val="00213B18"/>
     <w:rsid w:val="0022018D"/>
     <w:rsid w:val="00222276"/>
     <w:rsid w:val="00225B2A"/>
     <w:rsid w:val="00225E2E"/>
     <w:rsid w:val="00227227"/>
     <w:rsid w:val="0023238C"/>
@@ -20480,102 +20958,106 @@
     <w:rsid w:val="004C1F82"/>
     <w:rsid w:val="004C3F2E"/>
     <w:rsid w:val="004C5E3F"/>
     <w:rsid w:val="004D319E"/>
     <w:rsid w:val="004D3BB0"/>
     <w:rsid w:val="004E1340"/>
     <w:rsid w:val="004E79F8"/>
     <w:rsid w:val="004F0D93"/>
     <w:rsid w:val="004F1A3B"/>
     <w:rsid w:val="004F2CCE"/>
     <w:rsid w:val="00501E6B"/>
     <w:rsid w:val="005036DF"/>
     <w:rsid w:val="00505F54"/>
     <w:rsid w:val="00506120"/>
     <w:rsid w:val="00510042"/>
     <w:rsid w:val="0051598C"/>
     <w:rsid w:val="00515F1E"/>
     <w:rsid w:val="0051667F"/>
     <w:rsid w:val="0052400D"/>
     <w:rsid w:val="00526B89"/>
     <w:rsid w:val="00535FA3"/>
     <w:rsid w:val="00537215"/>
     <w:rsid w:val="0053762E"/>
     <w:rsid w:val="00540292"/>
     <w:rsid w:val="0054045D"/>
+    <w:rsid w:val="00543B64"/>
     <w:rsid w:val="00543DA5"/>
     <w:rsid w:val="00543EF5"/>
     <w:rsid w:val="005452B1"/>
     <w:rsid w:val="00545852"/>
     <w:rsid w:val="005522A1"/>
     <w:rsid w:val="005537C1"/>
     <w:rsid w:val="00554773"/>
     <w:rsid w:val="00555188"/>
     <w:rsid w:val="00555E2A"/>
     <w:rsid w:val="00562ECF"/>
     <w:rsid w:val="00563013"/>
     <w:rsid w:val="00563840"/>
     <w:rsid w:val="005677AF"/>
     <w:rsid w:val="00570209"/>
     <w:rsid w:val="005720A6"/>
     <w:rsid w:val="005775EB"/>
     <w:rsid w:val="0057764C"/>
     <w:rsid w:val="005834F3"/>
     <w:rsid w:val="005921FF"/>
     <w:rsid w:val="0059284F"/>
     <w:rsid w:val="0059463F"/>
     <w:rsid w:val="00594CB6"/>
     <w:rsid w:val="00597E61"/>
     <w:rsid w:val="005A3594"/>
     <w:rsid w:val="005A52D1"/>
     <w:rsid w:val="005A531F"/>
     <w:rsid w:val="005A6D99"/>
     <w:rsid w:val="005B12F7"/>
     <w:rsid w:val="005B2FCE"/>
+    <w:rsid w:val="005B462C"/>
     <w:rsid w:val="005C01C7"/>
     <w:rsid w:val="005C1455"/>
     <w:rsid w:val="005C5222"/>
     <w:rsid w:val="005D1E9B"/>
     <w:rsid w:val="005D2274"/>
     <w:rsid w:val="005D338A"/>
     <w:rsid w:val="005D39D4"/>
     <w:rsid w:val="005D5020"/>
     <w:rsid w:val="005D5506"/>
     <w:rsid w:val="005E041F"/>
     <w:rsid w:val="005E2ED1"/>
     <w:rsid w:val="005E401B"/>
     <w:rsid w:val="005E641E"/>
+    <w:rsid w:val="005F15B7"/>
     <w:rsid w:val="005F4067"/>
     <w:rsid w:val="005F5822"/>
     <w:rsid w:val="006023D2"/>
     <w:rsid w:val="00602D60"/>
     <w:rsid w:val="00610E72"/>
     <w:rsid w:val="00612925"/>
     <w:rsid w:val="00613AD6"/>
     <w:rsid w:val="00615A1D"/>
     <w:rsid w:val="006203B1"/>
     <w:rsid w:val="00620854"/>
+    <w:rsid w:val="006208CB"/>
     <w:rsid w:val="00620C1F"/>
     <w:rsid w:val="00623E02"/>
     <w:rsid w:val="0063280C"/>
     <w:rsid w:val="00635C79"/>
     <w:rsid w:val="006361DE"/>
     <w:rsid w:val="00640485"/>
     <w:rsid w:val="00640DAB"/>
     <w:rsid w:val="00642F05"/>
     <w:rsid w:val="006443EF"/>
     <w:rsid w:val="00644D51"/>
     <w:rsid w:val="0064539C"/>
     <w:rsid w:val="006545D5"/>
     <w:rsid w:val="00654E85"/>
     <w:rsid w:val="00655AD8"/>
     <w:rsid w:val="006615C0"/>
     <w:rsid w:val="00662073"/>
     <w:rsid w:val="00663E13"/>
     <w:rsid w:val="00664E5E"/>
     <w:rsid w:val="00666209"/>
     <w:rsid w:val="006669D2"/>
     <w:rsid w:val="006711D6"/>
     <w:rsid w:val="00671E99"/>
     <w:rsid w:val="00672226"/>
     <w:rsid w:val="00674932"/>
     <w:rsid w:val="0067757E"/>
@@ -20650,121 +21132,126 @@
     <w:rsid w:val="00791A8E"/>
     <w:rsid w:val="0079390F"/>
     <w:rsid w:val="007A7116"/>
     <w:rsid w:val="007B0C57"/>
     <w:rsid w:val="007B4CF2"/>
     <w:rsid w:val="007B6A4F"/>
     <w:rsid w:val="007B76D3"/>
     <w:rsid w:val="007B76D5"/>
     <w:rsid w:val="007C0DAF"/>
     <w:rsid w:val="007C1BD6"/>
     <w:rsid w:val="007C1F88"/>
     <w:rsid w:val="007C2A18"/>
     <w:rsid w:val="007C4EB0"/>
     <w:rsid w:val="007D1813"/>
     <w:rsid w:val="007E02E5"/>
     <w:rsid w:val="007E2F87"/>
     <w:rsid w:val="007E3BF0"/>
     <w:rsid w:val="007F0607"/>
     <w:rsid w:val="007F3A54"/>
     <w:rsid w:val="007F54F5"/>
     <w:rsid w:val="007F57B6"/>
     <w:rsid w:val="007F5DBA"/>
     <w:rsid w:val="007F5E89"/>
     <w:rsid w:val="00801917"/>
     <w:rsid w:val="008019A9"/>
+    <w:rsid w:val="00807B2B"/>
     <w:rsid w:val="00813F97"/>
     <w:rsid w:val="00817378"/>
     <w:rsid w:val="00820A19"/>
     <w:rsid w:val="00820CE1"/>
     <w:rsid w:val="0082268C"/>
     <w:rsid w:val="00824833"/>
     <w:rsid w:val="00824E2B"/>
     <w:rsid w:val="0083266A"/>
     <w:rsid w:val="00835BFA"/>
     <w:rsid w:val="00835C1D"/>
     <w:rsid w:val="00836748"/>
     <w:rsid w:val="00840BB5"/>
     <w:rsid w:val="0084129E"/>
     <w:rsid w:val="00842E56"/>
     <w:rsid w:val="0084304B"/>
     <w:rsid w:val="00845F71"/>
     <w:rsid w:val="00851449"/>
+    <w:rsid w:val="00851814"/>
     <w:rsid w:val="00853DEE"/>
     <w:rsid w:val="00854D5F"/>
     <w:rsid w:val="0087235A"/>
     <w:rsid w:val="00872E38"/>
     <w:rsid w:val="00876823"/>
     <w:rsid w:val="008830E1"/>
     <w:rsid w:val="008850DC"/>
     <w:rsid w:val="008854E2"/>
     <w:rsid w:val="00885ED9"/>
     <w:rsid w:val="0088616B"/>
+    <w:rsid w:val="00890237"/>
     <w:rsid w:val="0089111F"/>
     <w:rsid w:val="00891972"/>
     <w:rsid w:val="00892864"/>
     <w:rsid w:val="00893957"/>
     <w:rsid w:val="0089452F"/>
     <w:rsid w:val="00895348"/>
     <w:rsid w:val="008A0AFF"/>
     <w:rsid w:val="008A3EA4"/>
     <w:rsid w:val="008A4330"/>
     <w:rsid w:val="008B152E"/>
     <w:rsid w:val="008B1F26"/>
+    <w:rsid w:val="008B3EFF"/>
     <w:rsid w:val="008B54B0"/>
     <w:rsid w:val="008B7006"/>
     <w:rsid w:val="008C13F7"/>
     <w:rsid w:val="008C30AE"/>
     <w:rsid w:val="008C4CC5"/>
     <w:rsid w:val="008D629B"/>
     <w:rsid w:val="008E1030"/>
     <w:rsid w:val="008F2203"/>
     <w:rsid w:val="008F250D"/>
     <w:rsid w:val="008F5056"/>
     <w:rsid w:val="008F5680"/>
     <w:rsid w:val="008F5D39"/>
     <w:rsid w:val="0090236D"/>
     <w:rsid w:val="00904534"/>
     <w:rsid w:val="00906557"/>
     <w:rsid w:val="00907B94"/>
     <w:rsid w:val="00911371"/>
     <w:rsid w:val="00911517"/>
     <w:rsid w:val="009127B6"/>
     <w:rsid w:val="00913C91"/>
     <w:rsid w:val="00913E92"/>
     <w:rsid w:val="00922BE7"/>
     <w:rsid w:val="0092311F"/>
     <w:rsid w:val="00925F27"/>
     <w:rsid w:val="009278E1"/>
     <w:rsid w:val="0093164D"/>
     <w:rsid w:val="009354C7"/>
     <w:rsid w:val="009402D4"/>
     <w:rsid w:val="009425C7"/>
     <w:rsid w:val="00943127"/>
     <w:rsid w:val="00943766"/>
     <w:rsid w:val="00950C24"/>
     <w:rsid w:val="0095114A"/>
+    <w:rsid w:val="00952195"/>
     <w:rsid w:val="00952FC1"/>
     <w:rsid w:val="00956EA7"/>
     <w:rsid w:val="0096161C"/>
     <w:rsid w:val="00962E30"/>
     <w:rsid w:val="00964CEA"/>
     <w:rsid w:val="0096780A"/>
     <w:rsid w:val="00970032"/>
     <w:rsid w:val="00970640"/>
     <w:rsid w:val="009734A4"/>
     <w:rsid w:val="00974341"/>
     <w:rsid w:val="00977D61"/>
     <w:rsid w:val="00980BDF"/>
     <w:rsid w:val="00982061"/>
     <w:rsid w:val="0098309D"/>
     <w:rsid w:val="0098361E"/>
     <w:rsid w:val="00984E12"/>
     <w:rsid w:val="00990501"/>
     <w:rsid w:val="00993D4D"/>
     <w:rsid w:val="009A3F33"/>
     <w:rsid w:val="009B0B42"/>
     <w:rsid w:val="009B2C0D"/>
     <w:rsid w:val="009B2F80"/>
     <w:rsid w:val="009B4DA9"/>
     <w:rsid w:val="009B55A6"/>
     <w:rsid w:val="009C1054"/>
@@ -20856,85 +21343,87 @@
     <w:rsid w:val="00AF72C3"/>
     <w:rsid w:val="00AF7314"/>
     <w:rsid w:val="00B12C92"/>
     <w:rsid w:val="00B135E9"/>
     <w:rsid w:val="00B13BE7"/>
     <w:rsid w:val="00B156FF"/>
     <w:rsid w:val="00B34FA7"/>
     <w:rsid w:val="00B41088"/>
     <w:rsid w:val="00B41351"/>
     <w:rsid w:val="00B550FF"/>
     <w:rsid w:val="00B5617D"/>
     <w:rsid w:val="00B56755"/>
     <w:rsid w:val="00B60CD5"/>
     <w:rsid w:val="00B625EA"/>
     <w:rsid w:val="00B632B9"/>
     <w:rsid w:val="00B654A6"/>
     <w:rsid w:val="00B72464"/>
     <w:rsid w:val="00B7259C"/>
     <w:rsid w:val="00B736AC"/>
     <w:rsid w:val="00B7436E"/>
     <w:rsid w:val="00B77CFB"/>
     <w:rsid w:val="00B811EC"/>
     <w:rsid w:val="00B81300"/>
     <w:rsid w:val="00B82934"/>
     <w:rsid w:val="00B83D94"/>
+    <w:rsid w:val="00B84A49"/>
     <w:rsid w:val="00B92BA5"/>
     <w:rsid w:val="00B969F1"/>
     <w:rsid w:val="00B97A3C"/>
     <w:rsid w:val="00BA07FE"/>
     <w:rsid w:val="00BA2E1F"/>
     <w:rsid w:val="00BA30B9"/>
     <w:rsid w:val="00BA35AD"/>
     <w:rsid w:val="00BA6084"/>
     <w:rsid w:val="00BA6AB6"/>
     <w:rsid w:val="00BB2262"/>
     <w:rsid w:val="00BB40B0"/>
     <w:rsid w:val="00BC4D19"/>
     <w:rsid w:val="00BC5568"/>
     <w:rsid w:val="00BD199F"/>
     <w:rsid w:val="00BD2590"/>
     <w:rsid w:val="00BD2915"/>
     <w:rsid w:val="00BD5BC6"/>
     <w:rsid w:val="00BD681A"/>
     <w:rsid w:val="00BE0BCF"/>
     <w:rsid w:val="00BE1D96"/>
     <w:rsid w:val="00BF0568"/>
     <w:rsid w:val="00BF448C"/>
     <w:rsid w:val="00BF5C9F"/>
     <w:rsid w:val="00C01E4A"/>
     <w:rsid w:val="00C045EE"/>
     <w:rsid w:val="00C07A57"/>
     <w:rsid w:val="00C1401E"/>
     <w:rsid w:val="00C154D0"/>
     <w:rsid w:val="00C16947"/>
     <w:rsid w:val="00C16A93"/>
     <w:rsid w:val="00C16C3F"/>
     <w:rsid w:val="00C341AD"/>
     <w:rsid w:val="00C41DE9"/>
     <w:rsid w:val="00C431F8"/>
     <w:rsid w:val="00C4353D"/>
+    <w:rsid w:val="00C46E33"/>
     <w:rsid w:val="00C47EC6"/>
     <w:rsid w:val="00C50A8A"/>
     <w:rsid w:val="00C55446"/>
     <w:rsid w:val="00C5647C"/>
     <w:rsid w:val="00C57054"/>
     <w:rsid w:val="00C57992"/>
     <w:rsid w:val="00C616D7"/>
     <w:rsid w:val="00C61B1A"/>
     <w:rsid w:val="00C62226"/>
     <w:rsid w:val="00C65FDC"/>
     <w:rsid w:val="00C70A34"/>
     <w:rsid w:val="00C80EC0"/>
     <w:rsid w:val="00C8201E"/>
     <w:rsid w:val="00C82C94"/>
     <w:rsid w:val="00C83A2B"/>
     <w:rsid w:val="00C90B8F"/>
     <w:rsid w:val="00C91C60"/>
     <w:rsid w:val="00C93CF5"/>
     <w:rsid w:val="00C95156"/>
     <w:rsid w:val="00C9557E"/>
     <w:rsid w:val="00CA0018"/>
     <w:rsid w:val="00CA1943"/>
     <w:rsid w:val="00CA2A51"/>
     <w:rsid w:val="00CA313C"/>
     <w:rsid w:val="00CA4578"/>
@@ -20944,165 +21433,169 @@
     <w:rsid w:val="00CB5DA1"/>
     <w:rsid w:val="00CC0951"/>
     <w:rsid w:val="00CC13EF"/>
     <w:rsid w:val="00CC4729"/>
     <w:rsid w:val="00CC5AD8"/>
     <w:rsid w:val="00CD20E1"/>
     <w:rsid w:val="00CD2C31"/>
     <w:rsid w:val="00CD41E5"/>
     <w:rsid w:val="00CE0994"/>
     <w:rsid w:val="00CE4AA8"/>
     <w:rsid w:val="00CF2ED4"/>
     <w:rsid w:val="00CF4062"/>
     <w:rsid w:val="00CF64E5"/>
     <w:rsid w:val="00CF7657"/>
     <w:rsid w:val="00D02D95"/>
     <w:rsid w:val="00D04182"/>
     <w:rsid w:val="00D0462F"/>
     <w:rsid w:val="00D04EB1"/>
     <w:rsid w:val="00D06954"/>
     <w:rsid w:val="00D07213"/>
     <w:rsid w:val="00D1029A"/>
     <w:rsid w:val="00D12126"/>
     <w:rsid w:val="00D1276D"/>
     <w:rsid w:val="00D13715"/>
     <w:rsid w:val="00D20AA1"/>
+    <w:rsid w:val="00D22E23"/>
     <w:rsid w:val="00D24003"/>
     <w:rsid w:val="00D30829"/>
     <w:rsid w:val="00D313D3"/>
     <w:rsid w:val="00D316B1"/>
     <w:rsid w:val="00D32ACD"/>
     <w:rsid w:val="00D43B43"/>
     <w:rsid w:val="00D4456A"/>
     <w:rsid w:val="00D506CE"/>
     <w:rsid w:val="00D522F2"/>
     <w:rsid w:val="00D60E30"/>
     <w:rsid w:val="00D64D73"/>
     <w:rsid w:val="00D65E46"/>
     <w:rsid w:val="00D66508"/>
     <w:rsid w:val="00D706E5"/>
     <w:rsid w:val="00D722A4"/>
     <w:rsid w:val="00D77666"/>
     <w:rsid w:val="00D8102D"/>
     <w:rsid w:val="00D85F71"/>
     <w:rsid w:val="00D90A15"/>
     <w:rsid w:val="00D91CD3"/>
     <w:rsid w:val="00D93B45"/>
     <w:rsid w:val="00D955D1"/>
     <w:rsid w:val="00D970CE"/>
     <w:rsid w:val="00D97769"/>
     <w:rsid w:val="00DA2EC3"/>
     <w:rsid w:val="00DA550A"/>
     <w:rsid w:val="00DB1B40"/>
     <w:rsid w:val="00DB7FEA"/>
     <w:rsid w:val="00DC34B5"/>
     <w:rsid w:val="00DC6F22"/>
     <w:rsid w:val="00DC7402"/>
     <w:rsid w:val="00DD091E"/>
     <w:rsid w:val="00DD1892"/>
     <w:rsid w:val="00DD37DA"/>
     <w:rsid w:val="00DD3970"/>
     <w:rsid w:val="00DD7605"/>
     <w:rsid w:val="00DD7CCB"/>
     <w:rsid w:val="00DE411B"/>
     <w:rsid w:val="00DF18AE"/>
     <w:rsid w:val="00E004C1"/>
     <w:rsid w:val="00E0271E"/>
     <w:rsid w:val="00E045F7"/>
     <w:rsid w:val="00E104DB"/>
     <w:rsid w:val="00E11EA2"/>
     <w:rsid w:val="00E14FE8"/>
     <w:rsid w:val="00E157A9"/>
     <w:rsid w:val="00E15F86"/>
+    <w:rsid w:val="00E17D95"/>
     <w:rsid w:val="00E22D70"/>
     <w:rsid w:val="00E23DA4"/>
     <w:rsid w:val="00E26C46"/>
     <w:rsid w:val="00E42236"/>
     <w:rsid w:val="00E43A67"/>
     <w:rsid w:val="00E43AB3"/>
     <w:rsid w:val="00E50442"/>
     <w:rsid w:val="00E52EF4"/>
     <w:rsid w:val="00E52FCB"/>
     <w:rsid w:val="00E55359"/>
     <w:rsid w:val="00E5769C"/>
     <w:rsid w:val="00E578A7"/>
     <w:rsid w:val="00E6212B"/>
     <w:rsid w:val="00E622D8"/>
     <w:rsid w:val="00E64E8F"/>
     <w:rsid w:val="00E65832"/>
     <w:rsid w:val="00E67C17"/>
     <w:rsid w:val="00E7706C"/>
     <w:rsid w:val="00E81F2C"/>
     <w:rsid w:val="00E81FE9"/>
     <w:rsid w:val="00E82EFB"/>
     <w:rsid w:val="00E846DC"/>
     <w:rsid w:val="00E8534E"/>
     <w:rsid w:val="00E8705F"/>
     <w:rsid w:val="00E87473"/>
     <w:rsid w:val="00E87E5C"/>
     <w:rsid w:val="00E90B94"/>
     <w:rsid w:val="00E911EE"/>
     <w:rsid w:val="00E92362"/>
     <w:rsid w:val="00E92B89"/>
     <w:rsid w:val="00E97C4D"/>
     <w:rsid w:val="00EA4B49"/>
     <w:rsid w:val="00EA53B8"/>
     <w:rsid w:val="00EB01D8"/>
     <w:rsid w:val="00EB0224"/>
+    <w:rsid w:val="00EC0243"/>
     <w:rsid w:val="00EC32F5"/>
     <w:rsid w:val="00EC362C"/>
     <w:rsid w:val="00ED414D"/>
     <w:rsid w:val="00ED476E"/>
     <w:rsid w:val="00ED69B0"/>
     <w:rsid w:val="00ED7DA5"/>
     <w:rsid w:val="00EE4A67"/>
     <w:rsid w:val="00EE75AF"/>
     <w:rsid w:val="00EF0FC1"/>
     <w:rsid w:val="00EF15F9"/>
     <w:rsid w:val="00EF1CD2"/>
     <w:rsid w:val="00EF1E08"/>
     <w:rsid w:val="00EF3BD0"/>
     <w:rsid w:val="00EF4168"/>
     <w:rsid w:val="00EF4BCE"/>
     <w:rsid w:val="00EF596D"/>
     <w:rsid w:val="00EF5D8D"/>
     <w:rsid w:val="00F01478"/>
     <w:rsid w:val="00F023D2"/>
     <w:rsid w:val="00F028FC"/>
     <w:rsid w:val="00F0692F"/>
     <w:rsid w:val="00F07A24"/>
     <w:rsid w:val="00F13B2B"/>
     <w:rsid w:val="00F152FA"/>
     <w:rsid w:val="00F2161B"/>
     <w:rsid w:val="00F21ABE"/>
     <w:rsid w:val="00F22B7F"/>
     <w:rsid w:val="00F2525D"/>
     <w:rsid w:val="00F26CB6"/>
     <w:rsid w:val="00F32705"/>
     <w:rsid w:val="00F338B0"/>
     <w:rsid w:val="00F339A8"/>
     <w:rsid w:val="00F3736E"/>
+    <w:rsid w:val="00F42EDB"/>
     <w:rsid w:val="00F46E29"/>
     <w:rsid w:val="00F5737C"/>
     <w:rsid w:val="00F605DF"/>
     <w:rsid w:val="00F71905"/>
     <w:rsid w:val="00F723C3"/>
     <w:rsid w:val="00F735CD"/>
     <w:rsid w:val="00F73BF1"/>
     <w:rsid w:val="00F745F1"/>
     <w:rsid w:val="00F74626"/>
     <w:rsid w:val="00F7738A"/>
     <w:rsid w:val="00F834CB"/>
     <w:rsid w:val="00F844DE"/>
     <w:rsid w:val="00F84666"/>
     <w:rsid w:val="00F90672"/>
     <w:rsid w:val="00F9259D"/>
     <w:rsid w:val="00F93A11"/>
     <w:rsid w:val="00FA070D"/>
     <w:rsid w:val="00FA211D"/>
     <w:rsid w:val="00FA228E"/>
     <w:rsid w:val="00FA34D1"/>
     <w:rsid w:val="00FA384C"/>
     <w:rsid w:val="00FA4A93"/>
     <w:rsid w:val="00FA5DA7"/>
     <w:rsid w:val="00FA6754"/>
     <w:rsid w:val="00FB135F"/>
@@ -21130,51 +21623,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D0D696F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1CBF1145-47E5-EC45-BA46-EB05E0E165AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
@@ -22152,77 +22645,77 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00781F84"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention4">
     <w:name w:val="Unresolved Mention4"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B5BC2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2089225130">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ClinicalTrials.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/documents/ACT_Checklist.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://couhes.mit.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ClinicalTrials.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.clinicaltrials.gov/documents/ACT_Checklist.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://couhes.mit.edu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2007-2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -22491,69 +22984,72 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E7C4CD2-ECA9-4500-AFC1-35348088FA25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.imanage.com/work/xmlschema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A90BEBAC-1901-406D-89B6-368B758AC681}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>9031</Words>
-  <Characters>49401</Characters>
+  <Words>9114</Words>
+  <Characters>49402</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>988</Lines>
-  <Paragraphs>400</Paragraphs>
+  <Lines>968</Lines>
+  <Paragraphs>398</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CONSENT TO PARTICIPATE IN RESEARCH July 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Massachusetts Institute of Technology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58032</CharactersWithSpaces>
+  <CharactersWithSpaces>58118</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CONSENT TO PARTICIPATE IN RESEARCH July 2024</dc:title>
+  <dc:title>CONSENT TO PARTICIPATE IN RESEARCH December 2025</dc:title>
   <dc:subject>CONSENT TO PARTICIPATE IN RESEARCH</dc:subject>
   <dc:creator>COUHES</dc:creator>
   <cp:keywords>COUHES, IRB, REVIEW, Human</cp:keywords>
   <dc:description>November 2023</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>